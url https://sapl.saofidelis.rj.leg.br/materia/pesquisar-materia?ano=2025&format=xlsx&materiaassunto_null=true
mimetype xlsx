--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3384" uniqueCount="1278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3992" uniqueCount="1500">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2685,50 +2685,437 @@
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_258-2025.pdf</t>
   </si>
   <si>
     <t>ESTUDO PARA CRIAÇÃO DE UM CRONOGRAMA PARA RETIRADA DE ENTULHOS E GALHOS NOS BAIRROS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_259-2025.pdf</t>
   </si>
   <si>
     <t>ESTUDO PARA QUE SEJA REALIZADA A AMPLIAÇÃO DAS ATRIBUIÇÕES DA GUARDA MUNICIPAL NA SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_260-2025.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CAMPO DE MALHA, LOCALIZADO NA AVENIDA PARANHOS, NA BEIRA LINHA, PRÓXIMO AO SUPERMERCADO DO POVO.</t>
   </si>
   <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_261-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO TÉCNICO PARA ABERTURA DE UM VIA PÚBLICA NO PROLONGAMENTO DA TRAVESSA JOVENTINO COSTA, NO BAIRRO VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_262-2025.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAÇÃO DE DUAS LIXEIRAS NA RUA PRAÇA SÃO JOSÉ, AO LADO DO HOTEL SÃO JOSÉ.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/430/protweb1usr13id15102025124819.pdf</t>
+  </si>
+  <si>
+    <t>REALIZAÇÃO DE ESTUDO PARA APLICAÇÃO DA COTA DE CONTRATAÇÃO PROPORCIONAL DE PESSOAS COM DEFICIÊNCIA (PCD) EM TODO O QUADRO DE PESSOAL DA PREFEITURA.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_264-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO PARA A INSTALAÇÃO DE QUEBRA-MOLAS, NA RUA VEREADOR ARINO AUGUSTO CARNEIRO Nº 18, VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_265-2025.pdf</t>
+  </si>
+  <si>
+    <t>REPAROS EM UMA REDE DE ESGOTO NA RUA ANTÔNIO ALVES CRUZ, VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_266-2025.pdf</t>
+  </si>
+  <si>
+    <t>OPERAÇÃO TAPA-BURACO NA RUA PROFESSOR TOBIM Nº 110, IPUCA.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_267-2025.pdf</t>
+  </si>
+  <si>
+    <t>INCLUSÃO DE UM NOVO HORÁRIO DA VIAÇÃO EXPRESSINHO PARA PUREZA - SÃO FIDÉLIS, NO PERÍODO ENTRE 08H E 12H.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_268-2025.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE UM COMPUTADOR PARA O CENTRO DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO - CAEDE.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_269-2025.pdf</t>
+  </si>
+  <si>
+    <t>TRANSFERÊNCIA DO CAEDE PARA UM ESPAÇO DE MELHOR ACESSIBILIDADE E LOCALIZAÇÃO CENTRAL NA CIDADE.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_270-2025.pdf</t>
+  </si>
+  <si>
+    <t>SOLUCIONAR O PROBLEMA RELACIONADO AO ESGOTO A CÉU ABERTO NA RUA SANTO AMARO, NO BAIRRO CRISTO REI.</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_271-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO PARA VIABILIZAÇÃO DE  IMPLANTAÇÃO DE UM QUEBRA-MOLAS NA RUA GENERAL DENEVAL PEIXOTO, NO BAIRRO BARÃO DE MACAÚBAS.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_272-2025.pdf</t>
+  </si>
+  <si>
+    <t>RENOVAÇÃO DO TERMO DE CESSÃO DE USO DO ESPAÇO PÚBLICO ATUALMENTE UTILIZADO PELA LOJA MAÇÔNICA SALOMÃO LUIZ GINSBURG Nº 36.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_273-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO E LIMPEZA DOS BUEIROS NA AV. PARANHOS (EM FRENTE A BANDA 22 DE OUTUBRO, GRÁFICA 13 E AO LADO DA ANTIGA ESTAÇÃO DA REDE FERROVIÁRIA FEDERAL).</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_274-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO, LIMPEZA E DESOBSTRUÇÃO DA REDE DE DRENAGEM PLUVIAL, NA RUA JOÃO FRANCISCO CESÁRIO (ANTIGO TIRO DE GUERRA) NO BAIRRO BARÃO DE MACAÚBAS.</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_275-2025.pdf</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_276-2025.pdf</t>
+  </si>
+  <si>
+    <t>PODA DE UMA ÁRVORE NO BECO DA LADEIRA, Nº 70, NO BAIRRO SÃO VICENTE DE PAULO.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_277-2025.pdf</t>
+  </si>
+  <si>
+    <t>ELABORAÇÃO DE UM EVENTO COMEMORATIVO OFICIAL EM CELEBRAÇÃO À DATA DE ELEVAÇÃO DE SÃO FIDÉLIS À CATEGORIA DE CIDADE, OCORRIDA EM 3 DE DEZEMBRO DE 1870.</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_278-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO, LIMPEZA E DESOBSTRUÇÃO DA REDE DE DRENAGEM PLUVIAL NAS RUAS DE SÃO FIDÉLIS.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_279-2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE SEJAM TOMADAS PROVIDÊNCIAS URGENTES QUANTO AO ESCOAMENTO DE ESGOTO A CÉU ABERTO, EXISTENTE NA SEGUNDA ESCADA QUE DÁ ACESSO DA RUA DA IGUALDADE AO BAIRRO MONTESE.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_280-2025.pdf</t>
+  </si>
+  <si>
+    <t>PINTURA DA FAIXA DE TRAVESSIA DE PEDESTRES NA RUA EMYGDIO MAIA SANTOS, EM FRENTE AO SUPERMERCADO ROBERTÃO, NO BAIRRO VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_281-2025.pdf</t>
+  </si>
+  <si>
+    <t>INCLUSÃO DA OPERAÇÃO VERÃO SEGURO NO CALENDÁRIO OFICIAL DE ATIVIDADES DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_282-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO E REFORMA DO PONTILHÃO NA LOCALIDADE DO SAPÊ.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_283-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA ACADEMIA POPULAR (ACADEMIA AO AR LIVRE), NO BAIRRO PENHA.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_284-2025.pdf</t>
+  </si>
+  <si>
+    <t>URGENTE NECESSIDADE DE ESTIPULAR UM PISO SALARIAL PARA OS MÉDICOS ESPECIALISTAS COM JORNADA DE 20 (VINTE) HORAS SEMANAIS DA REDE PÚBLICA DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_285-2025.pdf</t>
+  </si>
+  <si>
+    <t>ADEQUAÇÃO DO QUADRO DE SERVIDORES MUNICIPAIS QUE ATUAM COMO CONDUTORES DE AMBULÂNCIA, RECONHECENDO-OS COMO PROFISSIONAIS DA ÁREA DA SAÚDE.</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_286-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPONIBILIZAÇÃO DE TRANSPORTE ESCOLAR ADEQUADO PARA ATENDER OS ALUNOS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA), DA ESCOLA MUNICIPAL BARÃO DE MACAÚBAS.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>VERIFICAÇÃO E REPARO DE UM BUEIRO NA RUA GENERAL DENEVAL PEIXOTO, EM FRENTE AO COLÉGIO BARÃO DE MACAÚBAS.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_288-2025.pdf</t>
+  </si>
+  <si>
+    <t>IMPLEMENTAÇÃO DE UM PROGRAMA DE AULAS DE NATAÇÃO, VOLTADO À COMUNIDADE, NAS DEPENDÊNCIAS DA ESTRATÉGIA SAÚDE DA FAMÍLIA (ESF) DA PENHA.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_289-2025.pdf</t>
+  </si>
+  <si>
+    <t>LIMPEZA E DESOBSTRUÇÃO DO BUEIRO LOCALIZADO NO CRUZAMENTO DA RUA LOUREIRO COM A RUA PASTOR ANTONIO VENANCIO DE AQUINO, NO BAIRRO IPUCA.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_290-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO PARA VIABILIZAÇÃO DE IMPLANTAÇÃO DE UM QUEBRA-MOLA NA RUA NEMÉSIO DA COSTA SEIXAS, NO BAIRRO BARÃO DE MACAÚBAS.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_291-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO E PROPOSTA DE ALTERAÇÃO NA LEI MUNICIPAL Nº 1.556/2018 E LEI Nº 1.686/2022 PARA OTIMIZAR A REDUÇÃO DE JORNADA DE MÃES, PAIS E RESONSÁVEIS POR PESSOAS COM TEA OU CONDIÇÕES ATÍPICAS.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_292-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO IMEDIATA DE UMA RAMPA DE ACESSO NA ENTRADA PRINCIPAL DA CASA DOS CONSELHOS.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_293-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO COMPLETO DE REFORMA E REVITALIZAÇÃO DA PRAÇA PÚBLICA, LOCALIZADA NO BAIRRO JONAS DE ALMEIDA E SILVA (CHATUBA) AO LADO DA CRECHE.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_294-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA ACADEMIA POPULAR (ACADEMIA AO AR LIVRE), NO BAIRRO JONAS DE ALMEIDA E SILVA (CHATUBA), EM LOCAL DE FÁCIL ACESSO E VISIBILIDADE.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_295-2025.pdf</t>
+  </si>
+  <si>
+    <t>MELHORIAS NO CENTRO INCLUIR E CRESCER.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_296-2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE TELÃO, SOM E ESTRUTURA NA PRAÇA PÚBLICA PARA TRANSMISSÃO DA FINAL DA COPA LIBERTADORES DA AMÉRICA.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_297-2025.pdf</t>
+  </si>
+  <si>
+    <t>OBRAS DE RECUPERAÇÃO, TAPA-BURACOS E NIVELAMENTO NA RUA MISSIONÁRIO SALOMÃO GINSBURG, NO BAIRRO VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE NOVAS LIXEIRAS NA PRAÇA PRINCIPAL, NA QUADRA DO CENTRO E NA PRAÇA DOS NAMORADOS.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_299-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE GALERIA PARA DRENAGEM DE ÁGUAS PLUVIAIS, NA RUA JOSÉ DIAS CAVARARO, NO BAIRRO SÃO VICENTE DE PAULO.</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_300-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO NOS BANCOS DA PRAÇA GUILHERME TITO DE AZEVEDO.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_001-2025_-_requerer_exclarecimentos_sobre_convocacao_de_mediadores_escolares_aprovados_no_concurso_publico.pdf</t>
   </si>
   <si>
     <t>REQUERER EXCLARECIMENTOS SOBRE CONVOCAÇÃO DE MEDIADORES ESCOLARES APROVADOS NO CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_no_002-2025_-_mocao_de_aplausos_ao_excelentissimo_reverendissimo_bispo_dom_fernando_areas_rifan-_filho_ilustre_da_nossa_querida_cidade_poema.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO EXCELENTÍSSIMO REVERENDÍSSIMO BISPO DOM FERNANDO AREAS RIFAN.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_no_003-2025_-_solicita_informacoes_a_enel.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A ENEL.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_004-2025_-_solicita_informacoes_a_secretaria_municipal_de_educacao.pdf</t>
@@ -2952,107 +3339,86 @@
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_no_042-2025_-_mocao_de_aplausos_ao_guarda_ambiental_flavio_marchioro_stelet..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO GUARDA AMBIENTAL FLÁVIO MARCHIORO STELET.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_no_043-2025_-_mocao_de_aplausos_ao_senhor_leonardo_ferraz_de_souza..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR LEONARDO FERRAZ DE SOUZA.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no_044-2025_-_mocao_de_aplausos_aos_senhores_rodrigo_dos_santos_larrubia_patrickson_ouro_fino_gravitol_souza_e_wesley_barcellos_silva..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS SENHORES RODRIGO DOS SANTOS LARRUBIA, PATRICKSON OURO FINO GRAVITOL SOUZA E WESLEY BARCELLOS SILVA.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_045-2025_-_diploma_de_honra_ao_merito_a_igreja_batista_em_penedo..pdf</t>
   </si>
   <si>
     <t>DIPLOMA DE HONRA AO MÉRITO À IGREJA BATISTA EM PENEDO.</t>
   </si>
   <si>
-    <t>271</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_046-2025_-_solicitar_esclarecimentos_a_empresa_enel..pdf</t>
   </si>
   <si>
     <t>SOLICITAR ESCLARECIMENTOS À EMPRESA ENEL.</t>
   </si>
   <si>
-    <t>272</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_047-2025_-_mocao_de_aplausos_a_deputada_federal_daniela_mote_de_souza_carneiro_daniela_do_waguinho..pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DEPUTADA FEDERAL DANIELA MOTÉ DE SOUZA CARNEIRO (DANIELA DO WAGUINHO).</t>
   </si>
   <si>
-    <t>274</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_048-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SR. DANIEL MURY WILLEMEN.</t>
   </si>
   <si>
-    <t>286</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/286/digitalizar.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A POSSIBILIDADE DE INCLUSÃO, NO EDITAL DA CONCESSÃO/CONTRATO DE PRESTAÇÃO DO SERVIÇO DE ESTACIONAMENTO ROTATIVO NAS PRINCIPAIS VIAS DA CIDADE, DE CLÁUSULA QUE DESTINE DE 5% A 10% DA PARCELA DA ARRECADAÇÃO LÍQUIDA DESTINADA À EMPRESA CONCESSIONÁRIA ÀS INSTITUIÇÕES FILANTRÓPICAS LEGALMENTE CONSTITUÍDAS E ATUANTES NO MUNICÍPIO DE SÃO FIDÉLIS.</t>
   </si>
   <si>
-    <t>288</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_050-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA SOLANGE DE SOUZA REIS.</t>
   </si>
   <si>
-    <t>298</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_051-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SRA. MARIA CLARA LARRÚBIA PERES.</t>
   </si>
   <si>
-    <t>299</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_052-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER INFORMAÇÕES AO PODER EXECUTIVO SOBRE LICENÇA-PATERNIDADE.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ÀS EQUIPES DE VÔLEI MASCULINO E FEMININO DO COLÉGIO FIDELENSE.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/316/054-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO RECÉM-FUNDADO GAMBÁ MOTORCYCLES M.C</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_055-2025.pdf</t>
@@ -3258,50 +3624,221 @@
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_078-2025.pdf</t>
   </si>
   <si>
     <t>DESTINADO AO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_079-2025.pdf</t>
   </si>
   <si>
     <t>NECESSIDADE DE RECADASTRAMENTO E ADOÇÃO DE CRITÉRIOS DE ACESSO AO TRANSPORTE UNIVERSITÁRIO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_080-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER A PRESTAÇÃO DE CONTAS DETALHADA DA APLICAÇÃO DOS RECURSOS DO VALOR ALUNO ANO POR RESULTADOS (VAAR), VINCULADOS AO FUNDEB.</t>
   </si>
   <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/423/protweb1usr14id14102025080600.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO SUBTENENTE ALMIR CASANOVA MIRANDA.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_082-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À CARLOS HENRIQUE LIMA HOHLENWERGER.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_083-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO SENHOR CLEIDIMAR NEVES SIQUEIRA.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_084-2025.pdf</t>
+  </si>
+  <si>
+    <t>DIPLOMA DE HONRA AO MÉRITO AO PASTOR ADEMILCESAR CORDEIRO BARRETO.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_mocao_de_aplausos_-_crefito_2.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO CREFITO - 2.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_086-2025.pdf</t>
+  </si>
+  <si>
+    <t>AMPLIAÇÃO DO QUADRO DE PROFISSIONAIS DO CAEDE.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_087-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO SR. FRANK ANTÔNIO FELLES DA SILVA</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_088-2025.pdf</t>
+  </si>
+  <si>
+    <t>INFORMAÇÕES DO CHEFE DO PODER EXECUTIVO, ACERCA DA ENTREGA OFICIAL, PREVISÃO DE INAUGURAÇÃO E FUNCIONAMENTO DA UNIDADE BÁSICA DE SAÚDE, LOCALIZADA NO BAIRRO VILA DOS COROADOS.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_089-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À ÍRIS GOMES DA COSTA.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_090-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO PROJETO INTERDISCIPLINAR OKAN.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_091-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER INFORMAÇÕES AO PODER EXECUTIVO.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_092-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESCLARECIMENTOS URGENTES SOBRE O ATRASO NO PAGAMENTO DAS BOLSAS DE ESTÁGIO VINCULADAS À PREFEITURA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_093-2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE BEBEDOUROS PÚBLICOS PARA ANIMAIS (LEI ESTADUAL Nº 11.022/2025).</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_094-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À MAURÍCIO RITZ AMARAL.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_095-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS À MAGNÓLIA MARIA FARIA.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_096-2025.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS AO GRUPO DE FOLIA DE REIS ALEGRIA DE VIVER.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_097-2025.pdf</t>
+  </si>
+  <si>
+    <t>INFORMAÇÕES DO PODER EXECUTIVO SOBRE NOVAS CONVOCAÇÕES PARA O CARGO DE ACS DO BAIRRO IPUCA.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_098-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER ESCLARECIMENTOS DO FUNDO DE PREVIDÊNCIA DO MUNICÍPIO DE SÃO FIDÉLIS.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_099-2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER ESCLARECIMENTOS AO PODER EXECUTIVO.</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ WILLIAM RIBEIRO DE OLIVEIRA</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI  MUNICIPAL Nº 1468/2016, PARA AUMENTAR O NUMERO DE VAGAS DE AGENTES COMUNITÁRIOS DE SAÚDE(ACS), ALTERA O ART, 13, § 3º, DA LEI MUNICIPAL Nº1500/2017, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/8/pl_02-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 3 DO ART. 13 DA LEI Nº 1500/2017, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/9/pl_03-2025.pdf</t>
   </si>
   <si>
     <t>REDENOMINA A AVENIDA 7 DE SETEMBRO PARA AVENIDA BENEDITO PASSARINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -3474,80 +4011,68 @@
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/57/pl_032-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA IPTU VERDE NO MUNICÍPIO DE SÃO FIDÉLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/140/pl_033-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE DISCIPLINAS DE EDUCAÇÃO FINANCEIRA, EDUCAÇÃO AMBIENTAL E EDUCAÇÃO NO TRÂNSITO NO CURRÍCULO DAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE SÃO FIDÉLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_-_rua_pr._elieser_teixeira_freitas.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE RUA - PR. ELIESER TEIXEIRA FREITAS.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/177/pl_035-2025.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO MUSICAL 22 DE OUTUBRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>276</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_036-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA DESCONTO EM FOLHA DE PAGAMENTO DE SERVIDORES PÚBLICOS MUNICIPAIS DE SÃO FIDÉLIS/RJ, MEDIANTE ADESÃO VOLUNTÁRIA, PARA LIQUIDAÇÃO DE DÉBITOS REGULARES JUNTO AO MUNICÍPIO, E ESTABELECE DIRETRIZES PARA SUA IMPLEMENTAÇÃO.</t>
   </si>
   <si>
-    <t>284</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/284/protweb1usr14id17062025144409.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.482, DE 30 DE JUNHO DE 2016, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE SAÚDE DE SÃO FIDÉLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>285</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/285/protweb1usr14id17062025144705.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 4º DA LEI Nº 1.806, DE 11 DE JUNHO DE 2025, QUE REGULAMENTA O ADICIONAL DE DIFÍCIL ACESSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>300</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_039-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PRIORIDADE NA MARCAÇÃO DE EXAMES E CONSULTAS, NO ÂMBITO DA REDE MUNICIPAL DE SAÚDE DE SÃO FIDÉLIS, ÀS MÃES ATÍPICAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_no_040-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMISSÃO E REGULAMENTAÇÃO DA COBRANÇA DE INGRESSOS E CACHÊS PARA APRESENTAÇÕES ARTÍSTICAS E CULTURAIS EM ESPAÇOS PÚBLICOS DO MUNICÍPIO DE SÃO FIDÉLIS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/314/digitalizar.pdf</t>
   </si>
   <si>
     <t>PROIBIÇÃO DA APLICAÇÃO DE HERBICIDAS POR AERONAVES REMOTAMENTE PILOTADAS(DRONES) NO TERRITÓRIO DO MUNICÍPIO DE SÃO FIDELIS.</t>
   </si>
   <si>
     <t>330</t>
@@ -3711,122 +4236,245 @@
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_060-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO LOCAL OFICIAL E PERMANENTE DA FEIRA LIVRE MUNICIPAL DE SÃO FIDÉLIS - RJ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_061-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA SUSPENSÃO DO FORNECIMENTO DE ENERGIA ELÉTRICA, ÁGUA, E SERVIÇOS DE INTERNET E TELEFONIA NO MUNICÍPIO DE SÃO FIDÉLIS POR INADIMPLÊNCIA, EM VÉSPERAS DE FERIADOS, FINAIS DE SEMANA E PONTOS FACULTATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_062-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "TEATENDE EM CASA" NO MUNICÍPIO DE SÃO FIDÉLIS - RJ, QUE DISPÕE SOBRE A VACINAÇÃO DOMICILIAR DE PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_063-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O FUNCIONAMENTO DE UNIDADES DE EDUCAÇÃO INFANTIL DURANTE O PERÍODO DE FÉRIAS ESCOLARES, NOS MESES DE DEZEMBRO E JANEIRO, NO ÂMBITO DO MUNICÍPIO DE SÃO FIDÉLIS - RJ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/439/projeto_de_lei_064-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FIXAÇÃO DE PERCENTUAL MÍNIMO DE EFETIVO FEMININO NO QUADRO DA GUARDA CIVIL MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_065-2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE NOVA REGULAMENTAÇÃO AO REGIMENTO DO SISTEMA MUNICIPAL DA GESTÃO DE UNIDADES DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_066-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DA "POLÍTICA MUNICIPAL DE ADAPTAÇÃO CLIMÁTICA NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE SÃO FIDÉLIS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_067-2025.pdf</t>
+  </si>
+  <si>
+    <t>RECONHECE, NO ÂMBITO DO MUNICÍPIO DE SÃO FIDÉLIS, O QUILOMBO SÃO BENEDITO COMO TERRITÓRIO QUILOMBOLA DE RELEVANTE INTERESSE HISTÓRICO, CULTURAL E SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_068-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A SUBSTITUIÇÃO DOS SINAIS SONOROS CONVENCIONAIS POR SINAIS ADEQUADOS AOS ALUNOS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_de_lei_069-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO DA LICENÇA-PATERNIDADE PARA OS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SÃO FIDÉLIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_070-2025.pdf</t>
+  </si>
+  <si>
+    <t>RATIFICA AS ALTERAÇÕES NO ESTATUTO SOCIAL E NO PROTOCOLO DE INTENÇÕES/CONTRATO DE CONSÓRCIO DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE SAÚDE DA REGIÃO NORTE E NOROESTE FLUMINENSE - CISNOVO, DELIBERADAS EM ASSEMBLEIA GERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_071-2025.pdf</t>
+  </si>
+  <si>
+    <t>RATIFICA O CONTRATO DE CONSÓRCIO PÚBLICO E SEUS ADITIVOS, BEM COMO AUTORIZA O MUNICÍPIO DE SÃO FIDÉLIS, PARAÍBA DO SUL E SÃO FRANCISCO DO ITABAPOANA A INTEGRAREM O CONSÓRCIO PÚBLICO MULTIFINALITÁRIO DO NOROESTE - CONSPNOR.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/496/030__projeo_de_lei_-_decimo_terceiro_-_fpmsf.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PAGAMENTO DO DÉCIMO TERCEIRO SALÁRIO DOS SERVIDORES PÚBLICOS INATIVOS E PENSIONISTAS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, BENEFICIÁRIOS DO FUNDO DE PREVIDÊNCIA DO MUNICÍPIO DE SÃO FIDÉLIS - FPMSF, NO MÊS DE REFERÊNCIA DO ANIVERSÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Altera Anexo I da Resolução Nº 1.120/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Prêmio de Honra ao Mérito Medalha do Empreendedor Renato Abreu, e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre transferência de bens patrimoniais para o Poder Executivo do município de São Fidélis, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_resolucao_-_baixa_bens_patrimoniais.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa definitiva de bens patrimoniais por obsolência, imprestabilidade, desuso e dano e não utilizáveis de propriedade da Câmara Municipal de São Fidélis/RJ, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_resolucao_005-2025.pdf</t>
   </si>
   <si>
     <t>Fixa dos valores das diárias e pernoites dos Agentes Políticos e Servidores da Câmara Municipal de São Fidélis.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_resolucao_006-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 12 da Resolução Nº 1.126, de 11 de Dezembro de 2024, que dispõe sobre o uso da frota de veículos oficiais da Câmara Municipal de São Fidélis, e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_resolucao_007-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE CESTAS DE NATAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE SÃO FIDÉLIS NO ANO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/479/projeto_de_resolucao_008-2025_-_auxilio_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>FIXA O VALOR DO AUXÍLIO ALIMENTAÇÃO.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_resolucao_-_auxilio_natal_2025.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE AUXÍLIO NATALINO AOS SERVIDORES DA CÂMARA MUNICIPAL DE SÃO FIDÉLIS NO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_resolucao_-_titulo_de_cidadao.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADANIA FIDELENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_de_resolucao_-_diarias_de_viagem_-_nova.pdf</t>
+  </si>
+  <si>
+    <t>FIXA OS VALORES DAS DIÁRIAS E PERNOITES DOS AGENTES POLÍTICOS E SERVIDORES DA CÂMARA MUNICIPAL DE SÃO FIDÉLIS.</t>
+  </si>
+  <si>
     <t>PD</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/32/decreto_legislativo_001-2025_-_aumenta_margem_de_consignado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUMENTO DA MARGEM CONSIGNÁVEL DOS SERVIDORES EFETIVOS E VEREADORES DA CÂMARA MUNICIPAL DE SÃO FIDÉLIS.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/33/decreto_legislativo_002-2025_-_aumenta_margem_de_consignado.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECRETAÇÃO DE PONTO FACULTATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE SÃO FIDÉLIS NOS DIAS 17 E 25 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legistivo_005-2025_-_diploma_de_honra_ao_merito_pr_samuel_mury.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Pastor Samuel Mury de Aquino pelos 25 anos de dedicação como Pastor Titular da Terceira Igreja Batista em São Fidélis (TIBASF).</t>
   </si>
   <si>
-    <t>263</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/263/decreto_legistivo_006-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_penedo.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito a Igreja Batista de Penedo, pelos seus 60 anos de fundação – Jubileu de Diamante.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/356/decreto_legislativo_007-2025_-_alteracao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/357/decreto_legislativo_008-2025_-_diploma_de_honra_ao_merito_raphael_salgado.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Raphael S. Salgado, Presidente do Departamento de Transportes Rodoviários do Estado do Rio de Janeiro (DETRO-RJ).</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/358/decreto_legislativo_009-2025_-_diploma_de_honra_ao_merito_danilo_bezerra.pdf</t>
@@ -3844,50 +4492,68 @@
     <t>Concede Diploma de Honra ao Mérito ao Excelentíssimo Senhor Deputado Estadual BRUNO BOARETTO, em reconhecimento à sua efetiva contribuição para o desenvolvimento de São Fidélis e a dignidade de sua população.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À IGREJA BATISTA DE ITACOLOMY, EM RAZÃO DE SEUS 100 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/382/decreto_legislativo_012-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_boa_hora.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO À IGREJA BATISTA EM BOA HORA, EM RAZÃO DE SEUS 100 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/396/decreto_legislativo_013-2025_-_diploma_de_honra_ao_merito_sr._abdallah_mohamed_slaybi_junior.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO AO SR. ABDALLAH MOHAMED SLAYBI JÚNIOR.</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>Alteração orçamentária.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/441/decreto_legislativo_015-2025_-_diploma_de_honra_ao_merito_ao_pastor_ademilcessar_cardoso_barreto.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO AO PASTOR ADEMILCESSAR CARDOSO BARRETO, EM RECONHECIMENTO AOS SEUS 30 ANOS DE DEDICAÇÃO PASTORAL.</t>
+  </si>
+  <si>
+    <t>487</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4191,56 +4857,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_001-2025_-_nome_do_vereador_alessandro_marins_ferreira_para_ocupar_o_cargo_de_corregedor_da_camara_para_o_bienio_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_002-2025_-_realizar_troca_de_manilhamento_da_rede_de_esgoto_da_rua_isaias_da_conceicao_2013_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_003-2025_-_conceder_capacete_de_protecao_aos_guardas_municipais_e_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_004-2025_-_realizacao_de_pintura_do_posto_de_saude_de_pureza.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_005-2025_-_realizacao_da_reforma_do_psoto_de_saude_de_angelim.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_no_006-2025_-_realiza_operacao_tapa_buraco_na_rua_thebano_pinheiro_dos_santos_2013_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_no_007-2025_-_que_seja_instauada_a_coleta_de_lixo_na_localidade_de_tabuinha-_3o_distrito.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_008-2025_-_que_seja_feito_o_reparo_no_calcamento_na_rua_inclinada_-_na_divineia_-_em_frente_ao_no_87_e_creche_dona_zizi.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_no_009-2025_-_realizar_reparo_no_calcamento_na_rua_cascabulho_-_ao_lado_da_mercearia_do_carlinhos_-_no_bairro_nova_divineia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_no_010-2025_-_estudo_para_viabilizacao_de_implantacao_de_um_quebra_molas_na_rua_justino_moreira_-_cruzamento_co_rua_santa_luzia_-_bairro_nova_divineia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_no_011-2025_-_que_seja_desmembrada_a_secretaria_de_cultura_e_turismo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_no_012-2025_-_criacao_de_uma_rua_ligando_a_rua_maria_de_lourdes_soares_dias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no_013-2025_-_pintura_e_troca_da_areia_do_parquinho_infantil-playground_-_de_ernesto_machado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no_014-2025_-_realizacao_de_uma_busca_ativa_do_cadastro_de_pessoas_em_situacao_de_rua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_no_015-2025_-_implementacao_de_campanhas_permanentes_de_prevencao_ao_suicidio_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_no_016-2025_-_asfaltamento_da_rua_antonio_xavier_maia_ate_a_ponte_da_catarina_-_na_penha.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_no_017-2025_-_calcamento_e_instalacao_de_galeria_na_rua_vitoria_-_bairro_da_penha.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_no_018-2025_-_construcao_da_calcada_em_frente_a_creche_valdir_vieira-_rua_ivanir_plouvier_gouveia-_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_no_019-2025_-_limpeza_do_bueiro-_localizado_na_rua_jose_custodio_-_em_valao_dos_milagres.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_no_020-2025_-_realizacao_de_estudo_para_viabilizar_a_implantacao_de_um_quebra_molas_na_rua_da_igualdade-_proximo_a_peixaria_do_negao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_no_021-2025_-_calcamento_da_rua_gumercindo_dos_santos_machado_-_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_no_022-2025_-_patrolamento_da_estrada_de_santa_rita_do_brejinho_-_2o_distrito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_no_023-2025_-_que_seja_colocada_mao_unica_para_estacionamento_-_a_rua_antonio_xavier_maia_-_penha..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_no_024-2025_-_aquisicao_de_um_caminhao_reboque_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_025-2025_-_que_aumente_a_quantidade_de_profissional_calceteiro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_026-2025_-_estudo_para_viabilizar_a_implantacao_de_um_quebra_molas_na_rua_jose_dias_cavararo_-_bairro_sao_vicente_de_paula.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no_027-2025_-_operacao_tapa-buracos_na_rua_alziro_novaes_-_no_bairro_da_chatuba.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_028-2025_-_troca_de_areia_do_parquinho_infantil_de_pureza.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_no_029-2025_-_calcamento_da_rua_benevides_pontes_miguel_-_em_angelim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_no_030-2025_-_calcamento_da_rua_alianca_-_em_angelim.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_no_031-2025_-_regularizacao_da_sinalizacao_do_ponto_de_parada_da_pestalozzi_de_sao_fidelis_-_por_meio_da_adequada_marcacao_da_vaga_no_solo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_no_032-2025_-_recapeamento_na_rua_projetada_-_localizada_no_loteamento_em_frente_a_pousada_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_033-2025_-_substituicao_das_lampadas_da_quadra_de_esporte_da_localidade_de_colonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no_034-2025_-_instalacao_de_uma_tela_de_protecao_ou_cercado_mais_alto_ao_redor_do_parquinho_infantil_-_localizado_na_praca_de_valao_dos_milagres.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no_035-2025_-_que_seja_colocada_mao_unica_para_estacionamento_na_rua_pastor_jose_pereira_de_lima_-_no_parque_tinola.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_no_036-2025_-_que_seja_feito_um_estudo_para_disponibilizar_curso_de_qualificacao_para_os_profissionais_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_no_037-2025_-_que_seja_feito_um_estudo_para_obter_profissional_zelador_de_estradas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no_038-2025_-_manutencao_da_rede_eletrica_de_iluminacao_dos_refletores_da_quadra_de_esportes_da_chatuba.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no_039-2025_-_reducao_da_jornada_escolar_na_rede_de_ensino_municipal_devido_a_intensa_onde_de_calor.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no_040-2025_-_patrolamento_na_estrada_que_liga_sao_benedito_a_itacolomi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no_041-2025_-_reconstrucao_da_ponte_na_travessa_aleixo_peres_-_na_cidade_de_deus_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_042-2025_-_estudo_a_fim_de_viabilizar_a_implantacao_de_um_quebra-molas_na_rua_maria_vitipo_raposo_-_proximo_a_pracinha_do_erasto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_043-2025_-_patrolamento_na_estrada_da_fazenda_romao_-_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no_044-2025_-_patrolamento_na_estrada_da_localidade_de_dois_rios.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_045-2025_-_que_seja_disponibilizada_uma_linha_telefonica_-_e_tambem_a_instalacao_de_um_ar_condicionado_ou_ventiladores_na_sala_de_recepcao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_no_046-2025_-_que_adotem_as_medidas_pertinentes_para_sanar_o_vazamento_do_esgoto_a_ceu_aberto_na_rua_francisco_policarpo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_047-2025_-_instalacao_de_iluminacao_publica_no_parque_infantil_ao_lado_da_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_no_048-2025_-_implantacao_de_uma_linha_do_expresso_fidelense_partindo_da_rua_santo_amaro_-_no_bairro_cristo_rei_-_com_destino_a_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_no_049-2025_-_pavimentacao_e_recuperacao_da_rua_manoel_carlos_monteiro_coroados.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_no_050-2025_-_capina_e_limpeza_nas_extremidades_da_beira_rio_-_em_frente_ao_clube_malibu.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_no_051-2025_-_patrolamento_da_estrada_do_rio_do_colegio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/141/instalacao_de_iluminacao_publica_no_parquinho_infantil_ao_lado_do_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_053-2025_-_estudo_para_viabilizacao_de_implantacao_de_um_quebra_-_molas_na_rua_principal_do_angelim_-_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_no_054-2025_-_que_autorizem_os_onibus_universitarios_a_trafegarem_pelos_bairros_apos_o_termino_das_aulas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no_055-2025_-_que_seja_realizada_uma_inspecao_na_ponte_metalica.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_056-2025_-__colocacao_de_mao_unica_na_rua_luiz_da_costa_machado_-_penha..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_no_057-2025_-_realizacao_de_estudo_para_construcao_de_pista_de_atletismo_no_estadio_municipal_sebastiao_de_almeida_e_silva..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_no_058-2025_-_estudo_para_construcao_de_rampas_de_acessibilidade_nos_imoveis_de_uso_publico_de_responsabilidade_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_no_059-2025_-_construcao_de_rede_de_esgoto_na_rua_joaquim_tavora_no_bairro_coroados..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_no_060-2025_-_manutencao_e_limpeza_em_rede_de_esgoto_na_rua_santo_amaro_no_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_no_061-2025_-_intervencao_na_rua_cicinio_faria_travessa_germiro_de_oliveira_no_bairro_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no_062-2025_-_definicao_de_um_dia_especifico_da_semana_para_coleta_de_residuos_organicos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_063-2025_-_colocacao_de_paralelepipedos_na_rua_pedro_gomes_barbosa_no_bairro_da_penha..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_064-2025_-_construcao_de_capela_mortuaria_na_localidade_de_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no_065-2025_-_realizacao_de_estudo_para_que_disponibilize_um_onibus_da_propria_frota_para_atender_alunos_que_estudam_no_municipio_de_campos_dos_goytacazes_no_turno_da_tarde..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no_066-2025_-_manutencao_na_estrada_da_serra_de_sao_jose_e_sossego..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_no_067-2025_-_realizacao_de_estudo_para_implantacao_de_um_quebra-molas_antes_da_ponte_na_rua_principal_de_valao_dos_milagres..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_no_068-2025_-_manutencao_do_calcamento_na_rua_valentim_peres_beira_rio_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no_069-2025_-_reforma_da_caixa_dagua_em_frente_ao_colegio_municipal_albertino_nascimento_-_colonia..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_no_070-2025_-_colocacao_de_paralelepipedos_na_rua_de_acesso_ao_cemiterio_municipal_de_colonia..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no_071-2025_-_realizacao_de_melhorias_na_acessibilidade_para_o_rio_grande_no_porto_de_colonia..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_no_072-2025_-_realizacao_de_calcamento_na_rua_projetada_-_recanto_da_penha..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no_073-2025__que_seja_feita_a_troca_das_lampadas_do_patio_interno_do_colegio_estadual_barao_de_macaubas_e_ao_entorno_do_mesmo..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_074-2025_-_poda_das_arvores_de_todo_o_interior_do_municipio_finalizando_no_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_no_075-2025_-_inclusao_do_municipio_de_sao_fidelis_no_mapa_de_turismo_brasileiro_por_meio_do_cadastro_no_sismapa..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no_076-2025_-_patrolamento_da_estrada_de_acesso_ao_assentamento_dos_sem_terra..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no_077-2025_-_construcao_de_um_parquinho_para_os_alunos_da_escola_municipal_washington_pontes_-_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no_078-2025_-_construcao_de_uma_capela_mortuaria_na_localidade_de_valao_dos_milagres_-_5o_distrito..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_079-2025_-_estudo_para_averiguar_a_possibilidade_do_fechamento_da_rua_entre_a_quadra_de_esportes_e_a_praca_dos_namorados_no_centro_durante_os_finais_de_semana..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_080-2025_-_reparo_da_cobertura_na_quadra_de_esportes_do_tancredao_na_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_081-2025_-_que_adotem_medidas_pertinentes_afim_de_sanar_o_vazamento_de_esgoto_a_ceu_aberto_na_rua_emidio_maia_santos_rj_158_proximo_ao_rancho_coroados..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_082-2025_-_refazer_as_pinturas_das_faixas_de_pedestres_em_todo_centro_da_cidade_e_proximo_as_escolas_da_rede_municipal_e_privada_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_083-2025_-_realizar_reparos_na_rede_eletrica_da_quadra_de_esportes_de_barro_branco..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_no_084-2025_-_que_sejam_adotadas_as_providencias_necessarias_para_garantir_o_cumprimento_da_lei_1.732_de_13_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_no_085-2025_-_instalacao_de_cameras_de_seguranca_nas_creches_e_escolas_da_rede_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_no_086-2025_-_capina_e_rocada_em_todas_as_ruas_no_loteamento_morada_do_bosque_no_bairro_barreiro..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_no_087-2025_-_disponibilidade_de_agentes_da_guarda_municipal_em_frente_a_terceira_igreja_batista_localizada_na_rua_loureiro_bairro_ipuca_nos_horarios_de_entrada_e_saida_dos_alunos_da.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_088-2025_-_reparos_em_um_pequeno_trecho_do_calcamento_da_rua_martinha_da_fonseca_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_089-2025_-_estudo_tecnico_para_analisar_a_viabilidade_da_transformacao_parcial_da_rua_loureiro_no_bairro_ipuca_em_mao_unica_no_trecho_entre_o_cruzamento_com_a_rua_anibal_campos_ate.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no_090-2025_-_providenciar_a_instalacao_de_ar_condicionado_em_todas_as_salas_de_aula_da_escola_municipal_francisco_hilariao_-_usina_pureza..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_no_091-2025_-_realizar_o_termino_do_calcamento_da_rua_pedro_gomes_barbosa_no_bairro_da_penha.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_no_092-2025_-_pavimentacao_da_rua_zenir_valentim_localizada_no_bairro_barreiro..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_no_093-2025_-_reparo_no_calcamento_das_calcadas_em_diversos_pontos_do_centro_da_cidade_com_atencao_especial_a_rua_dr._jose_francisco..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no_094-2025_-_inclusao_na_programacao_de_manutencao_do_municipio_dos_servicos_de_tapa-buracos_rua_thebano_pinheiro_dos_santos_e_a_rua_francisco_calomeni_situadas_na_bairro_vila_dos_co.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_095-2025_-_estudo_para_executar_a_operacao_tapa-buraco_na_rua_antonio_xavier_maia_-_no_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_096-2025_-_reforma_no_muro_do_cemiterio_na_localidade_de_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no_097-2025_-_estudo_para_executar_a_operacao_tapa-buraco_na_rua_pastor_jose_pereira_de_lima_-_no_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_no_098-2025_-_reforma_do_posto_de_saude_de_barro_branco..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_099-2025_-_construcao_de_vestiario_e_2_banheiros_na_quadra_de_futsal_da_chatuba..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_100-2025_-_cimentar_e_pintar_a_quadra_de_futsal_do_sao_vicente..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_101-2025_-_reparo_no_muro_da_rua_principal_no_distrito_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_102-2025_-_estudo_de_viabilidade_para_que_haja_um_estacionamento_rotativo_no_centro_e_um_fixo_na_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_103-2025_-_substituicao_da_iluminacao_publica_por_lampadas_de_led_na_rua_da_igualdade..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_104-2025_-_implantacao_de_uma_faixa_de_pedestres_em_frente_a_loja_jaciel_marques_material_de_construcao_-_localizada_na_rua_loureiro_-_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_105-2025_-_manutencao_e_reestruturacao_do_campinho_de_futevolei_do_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_106-2025_-_construcao_de_um_parquinho_com_playground_e_area_de_lazer_no_bairro_vila_dos_coroados_-_ao_lado_da_academia_da_terceira_idade..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_107-2025_-_reforma_do_antigo_campinho_da_cehab_-_no_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_108-2025_-_instalacao_de_iluminacao_publica_na_rua_irene_afonso_menezes_no_bairro_da_penha..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_109-2025_-_reforma_do_calcamento_na_escadaria_otacilio_sapateiro_no_bairro_jonas_de_almeida_e_silva_chatuba..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_110-2025_-_estudo_sobre_a_atualizacao_do_plano_de_cargos_e_salarios_dos_servidores_efetivos_do_municipio_de_sao_fidelis_que_nao_possuem_plano_de_carreira..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_111-2025_-_estudo_para_viabilizar_uma_faixa_de_pedestres_em_frente_a_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_112-2025_-_estudo_para_viabilizar_implantacao_de_quebra-molas_na_rua_justino_moreira_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_113-2025_-_reforma_e_limpeza_no_cemiterio_da_localidade_de_tapera..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_114-2025_-_limpeza_na_rua_da_igualdade_devido_a_lama_acumulada_pelas_fortes_chuvas_recentes..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_115-2025_-_melhorias_no_porto_utilizado_pelos_pescadores_na_cehab_no_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_116-2025_-_termino_do_manilhamento_da_rede_de_esgoto_na_rua_antonia_dos_santos_no_angelim..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_117-2025_-_instalacao_de_refletores_na_quadra_de_esportes_do_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_no_118-2025_-_pintura_e_reformas_necessarias_na_pracinha_da_penha..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_119-2025_-_reconstrucao_da_parte_de_tras_do_muro_do_cemiterio_de_angelim..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_120-2025_-_estudo_para_viabilizar_a_implantacao_de_quebra-molas_na_rua_santo_amaro_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_121-2025_-_que_estenda_a_operacao_tapa-buracos_para_o_bairro_do_barreiro_em_especial_na_rua_barao_de_vila_flor..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_122-2025_-_estudo_para_a_mudanca_do_local_do_posto_de_saude_esf_do_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no_123-2025_-_reforma_na_pracinha_do_erasto..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_124-2025_-_estudo_para_melhoria_da_rede_fluvial_na_localidade_ze_grande_no_bairro_penha_e_captacao_de_agua_pluvial_no_morro_da_torre..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_125-2025_-_que_seja_atualizada_a_tabela_de_referencia_do_plano_de_cargo_e_salarios_da_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_126-2025_-_construcao_de_uma_cobertura_em_frente_ao_postinho_de_saude_da_nova_divineia..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_127-2025_-_limpeza_de_bueiro_na_rua_da_igualdade_em_frente_ao_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_128-2025_-_reforma_e_limpeza_do_parquinho_do_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_129-2025_-_patrolamento_na_estrada_do_palmital..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_130-2025_-_realizacao_de_uma_forca_tarefa_para_melhorias_no_bairro_montese..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_131-2025_-_limpeza_da_quadra_de_esportes_do_bairro_cristo_rei_e_capina_arredor_da_mesma..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_132-2025_-_capina_no_bairro_cristo_rei_-_ipuca..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_133-2025_-_manutencao_na_rua_da_igualdade_nas_proximidades_da_peixaria_do_negao..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_134-2025_-_a_extensao_da_linha_do_expresso_fidelense_que_circula_na_penha_ate_o_campestre_clube_vargem_grande..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_135-2025_-_operacao_tapa-buraco_na_rua_odorico_barreto__ipuca_trecho_proximo_a_igreja_assembleia_de_deus..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_136-2025_-_intervencao_na_rj-158_nas_proximidades_do_posto_do_edalmo_e_da_igreja_de_sao_joao_batista..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_137-2025_-_troca_da_areia_do_parquinho_infantil_localizado_em_frente_a_escola_municipal_albertino_nascimento__4o_distrito__colonia..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_138-2025_-_reforma_geral_da_caixa_dagua_localizada_em_frente_a_escola_municipal_albertino_nascimento__colonia..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_139-2025_-_a_possiblidade_de_serem_realizadas_melhorias_na_iluminacao_publica_das_entradas_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_140-2025_-_realizacao_de_reparos_na_travessia_da_linha_ferrea_pontilhao_situada_nas_proximidades_do_posto_do_edalmo..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_141-2025_-_operacao_tapa-buracos_na_rua_joao_batista_maia__vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no_142-2025_-_realizar_reparos_em_carater_de_extrema_urgencia_na_rua_cidade_de_deus__pureza..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no_143-2025_-_reparos_e_aplicacao_de_massa_asfaltica_na_rua_serejeira__vila_operario__pureza..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_144-2025_-_reforma_na_pracinha_do_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_145-2025_-_operacao_tapa-buraco_na_rua_projetada_b_ao_lado_do_condominio_petruceli_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_no_146-2025_-_calcamento_da_rua_andre_e_laura_em_valao_dos_milagres..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_no_147-2025_-_concluir_a_instalacao_da_rampa_de_acesso_para_cadeirantes_do_postinho_da_penha..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_no_148-2025_-_realizacao_de_limpeza_e_instalacao_de_iluminacao_publica_no_trevo_da_ponte_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no_149-2025_-_poda_do_bambuzal_sobre_a_ponte_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_no_150-2025_-_realizar_reparos_na_estrutura_de_dois_bueiros_na_rua_joaquim_jose_martins_-_ipuca_proximo_a_padaria_pao_ungido_e_outro_proximo_estadio_guilherme_tito..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_no_151-2025_-_reforma_em_calcada_na_rua_antonio_xavier_maia_no_trecho_ao_lado_do_comercio_mundo_das_aguas..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_no_152-2025_-_reconstrucao_de_dois_quebra-molas_e_estudo_para_viabilizacao_de_mais_um_na_rua_santo_amaro_entre_a_capela_santo_amaro_ate_a_primeira_entrada_do_bairro_pedreira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_no_153-2025_-_substituicao_de_areia_do_parquinho_da_escola_municipal_oscar_pereira_da_silva_bairro_sao_jose..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_no_154-2025_-_limpeza_publica_em_todas_as_ruas_da_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_no_155-2025_-_reforma_dos_muros_da_linha_ferroviaria_e_dos_bancos_situados_em_sua_redondeza_na_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_no_156-2025_-_reparo_na_iluminacao_publica_em_diversos_pontos_da_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_no_157-2025_-_limpeza_no_valao_da_esperanca_localizado_na_rua_professor_joao_barreto_da_silva_no_185_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_no_158-2025_-_limpeza_e_capina_no_cemiterio_principal_de_pureza_e_no_cemiterio_localizado_proximo_a_fazenda_da_saudade_ambos_situados_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_no_159-2025_-_instalacao_de_ralo_para_escoamento_de_agua_na_rua_cabo_irani_guimaraes_vila_operaria_pureza..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_no_160-2025_-_desentupimento_de_bueiro_localizado_na_rua_expedicionario_eiduarte_da_silva_pontes_pureza..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_no_161-2025_-_que_seja_extendida_a_execucao_da_operacao_tapa-buraco_na_rua_aristino_alonso_farias_no_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_no_162-2025_-_estudo_para_aquisicao_de_containers_de_lixo..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_no_163-2025_-_reforma_da_calcada_na_avenida_teodoro_gouveia_de_abreu_no_trecho_da_academia_popular_em_frente_o_detran..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_no_164-2025_-_que_seja_disponibilizado_e_capacitado_profissional_do_quadro_de_funcionario_da_semus_para_realizar_os_levantamentos_de_orcamentos_da_cirurgia_que_o_paciente_passara..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_no_165-2025_-_realizar_a_troca_de_iluminacao_amarela_por_branca_fria_da_quadra_de_esportes_da_ipuca..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_no_166-2025_-_revitalizacao_do_horto_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_167-2025_-_que_seja_intensificada_a_frequencia_da_coleta_de_residuos_solidos_urbanos_no_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_168-2025_-_que_seja_instituida_uma_agenda_fixa_com_datas_previamente_divulgadas_para_coleta_de_entulhos_e_limpeza_urbana_nos_distritos_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_169-2025_-_instalacao_de_iluminacao_publica_no_interior_e_entorno_do_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_no_170-2025_-_que_seja_instaurada_a_coleta_de_lixo_na_localidade_de_tabuinha..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_no_171-2025_-_patrolamento_e_instalacao_de_manilhas_na_estrada_de_santa_catarina..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_no_172-2025_-_patrolamento_na_localidade_de_ze_grande_no_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_no_173-2025_-_estudo_para_criacao_de_uma_via_exclusiva_para_ciclistas_em_sao_fidelis_tendo_inicio_na_rua_doutor_jose_francisco_e_concluindo_na_rua_doutor_euclides_da_cunha..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_no_174-2025_-_iluminacao_publica_nos_trechos_de_angelim_ate_a_ponte_e_da_ponte_ate_o_cemiterio_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_no_175-2025_-_que_servicos_de_retirada_de_lixo_entulho_e_demais_intervencoes_similares_sejam_preferencialmente_realizados_fora_do_horario_comercial..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_no_176-2025_-_demolicao_do_antigo_banheiro_publico_localizado_no_antigo_porto_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_177-2025_-_aquisicao_de_aparelho_medidor_de_nivel_sonoro_decibelimetro_e_a_capacitacao_dos_agentes_responsaveis_pela_fiscalizacao..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_no_178-2025_-_alteracao_do_ponto_de_carga_e_descarga_no_cruzamento_da_rua_frei_angelo_com_a_avenida_sete_de_setembro..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_179-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_180-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_181-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_182-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_183-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_184-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_185-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_197-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/303/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/304/digitalizar0007.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/315/209-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_211-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_228-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_241-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/404/digitalizar0018.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/405/digitalizar0017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_257-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_260-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_001-2025_-_requerer_exclarecimentos_sobre_convocacao_de_mediadores_escolares_aprovados_no_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_no_002-2025_-_mocao_de_aplausos_ao_excelentissimo_reverendissimo_bispo_dom_fernando_areas_rifan-_filho_ilustre_da_nossa_querida_cidade_poema.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_no_003-2025_-_solicita_informacoes_a_enel.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_004-2025_-_solicita_informacoes_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_no_005-2025_-_solicita_informacoes_a_associacao_hospitalar_armandi_vidal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_no_006-2025_-_requer_esclarecimentos_ao_gestor_municipal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_no_007-2025_-_mocao_de_aplausos_aos_agentes_de_defesa_ambiental_-_guarda-parques_-_lotados_na_subsede_do_parque_estadual_do_desengano_-_ped.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_no_008-2025_-_requerer_esclarecimento_a_prefeitura_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no_009-2025_-_esclarecimento_sobre_os_procedimentos_adotados_para_a_realizacao_das_podas_de_arvores_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_010-2025_-_mocao_de_aplausos_a_ana_victoria_aguiar_malafaia_carlos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_011-2025_-_mocao_de_aplausos_a_diretoria_do_boia_cross_colonia..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_012-2025_-_reiteracao_do_requerimento_n_0062025..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_013-2025_-_requerer_esclarecimentos_ao_gestor_municipal..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_014-2025_-_concede_mocao_de_aplausos_ao_dr._victor_mauro_cruz..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_015-2025_-_apoio_a_proposta_de_emenda_a_constituicao_pec_no_52023_de_autoria_do_deputado_marcelo_crivella_que_amplia_a_imunidade_tributaria_para_templos_de_qualquer_culto..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_016-2025_-_mocao_de_aplausos_aos_policiais_militares_willian_chaves_magalhaes_e_alcimar_de_oliveira_pontes..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_017-2025_-_mocao_de_aplausos_ao_sr._everton_ferreira_teles..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_no_018-2025_-_mocao_de_aplausos_ao_sr._alexandre_mury..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_019-2025_-_mocao_de_aplausos_ao_sr._cezar_romero_teixeira_carlos..pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_020-2025_-_mocao_de_pesar_ao_senhor_bartolomeu_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_021-2025_-_mocao_de_aplausos_a_unipasf_uniao_de_pastores_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no_022-2025_-_mocao_de_aplausos_para_matheus_pereira_macedo_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no_023-2025_-_mocao_de_aplausos_ao_reverendissimo_padre_maxwell_santos_de_almeida..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no_024-2025_-_mocao_de_aplausos_ao_excelentissimo_senhor_ricardo_martins_david..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no_025-2025_-_mocao_de_aplausos_ao_excelentissimo_senhor_deputado_estadual_bruno_boaretto..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no_026-2025_-_mocao_de_aplausos_a_sra._amanda_bastos_vicente_figueira..pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_no_027-2025_-_requerer_esclarecimentos_a_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no_028-2025_-_requerer_esclarecimentos_a_prefeitura_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no_029-2025_-_concede_mocao_de_aplausos_ao_sernhor_wagner_bertin..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no_030-2025_-_concede_mocao_de_aplausos_a_sra._janine_petrutes_palagar..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_no_031-2025_-_concede_mocao_de_aplausos_a_equipe_medica_composta_por_dra_estefanny_pela_enfermeira_paula_rogeria_alcantara_de_castro_e_pela_tecnica_dem_enfermagem_ingryd_gomes_de_as.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_no_032-2025_-_mocao_de_aplausos_ao_projeto_cinema_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_no_033-2025_-_requerer_esclarecimentos_ao_gestor_municipal..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no_034-2025_-_mocao_de_aplausos_ao_sr._valdemy_dos_santos_braga_junior..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no_035-2025_-_mocao_de_aplausos_ao_sr._marcos_vinicius_porto_stellet..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no_036-2025_-_mocao_de_aplausos_ao_sr._wanderson_soares_moreira..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no_037-2025_-_diploma_de_honra_ao_merito_ao_pastor_samuel_mury_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/81/requerimento_no_038-2025_-_mocao_de_aplausos_ao_sr._damian_wander..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_no_039-2025_-_mocao_de_aplausos_ao_estrela_do_norte_esporte_clube..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no_040-2025_-_mocao_de_aplausos_ao_sr._pedro_silva_goudard_cruz..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no_041-2025_-_mocao_de_aplausos_ao_chefe_e_subchefe_do_parque_estadual_do_desengano_sr._lucio_heron_da_costa_e_sr._wellington_santos_cinelli..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_no_042-2025_-_mocao_de_aplausos_ao_guarda_ambiental_flavio_marchioro_stelet..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_no_043-2025_-_mocao_de_aplausos_ao_senhor_leonardo_ferraz_de_souza..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no_044-2025_-_mocao_de_aplausos_aos_senhores_rodrigo_dos_santos_larrubia_patrickson_ouro_fino_gravitol_souza_e_wesley_barcellos_silva..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_045-2025_-_diploma_de_honra_ao_merito_a_igreja_batista_em_penedo..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_046-2025_-_solicitar_esclarecimentos_a_empresa_enel..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_047-2025_-_mocao_de_aplausos_a_deputada_federal_daniela_mote_de_souza_carneiro_daniela_do_waguinho..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_048-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/286/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_050-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_051-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_052-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/316/054-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_055-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_056-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_057-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_058-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_059-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_060-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_061-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_062-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_no_063-2025_-_solicita_providencias_urgentes_ao_der-rj-_quanto_a_manutencao_das_rodovias_estaduais_rj-158_e_rj-192-_que_cortam_o_municipio_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_065-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/363/img20250818_12574908.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_067-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_068-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_070-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_071-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_072-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_073-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_074-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_075-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_076-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_077-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_078-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_079-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_080-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/8/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/9/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/10/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/11/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/12/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/13/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/14/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/15/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_-_reestruturacao_cargos_camara.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/17/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/18/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/19/pl_13-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/20/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/21/digitalizar0044.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/22/digitalizar0045.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/24/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/25/pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/26/pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/27/pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/28/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/29/pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/30/digitalizar0046.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_-_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/36/011__projeto_de_lei_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/38/pl_027-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/39/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/40/protweb1usr14id27052025120811_1.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/55/pl_030-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/56/pl_031-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/57/pl_032-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/140/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_-_rua_pr._elieser_teixeira_freitas.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/177/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_036-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/284/protweb1usr14id17062025144409.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/285/protweb1usr14id17062025144705.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_039-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/314/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/330/protweb1usr14id15072025113018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/331/protweb1usr14id15072025113436.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/332/protweb1usr14id15072025113751.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/333/protweb1usr14id15072025121847.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_lei_046-2025_-_reajuste_anual.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/337/projeto_de_lei_047-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_050-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_051-25_-_alteracao_no_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_052-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_053-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_054-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_055-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/384/projeto_de_lei_056-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/402/digitalizar0016.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_058-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_059-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_060-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_061-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_resolucao_-_baixa_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_resolucao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/32/decreto_legislativo_001-2025_-_aumenta_margem_de_consignado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/33/decreto_legislativo_002-2025_-_aumenta_margem_de_consignado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legistivo_005-2025_-_diploma_de_honra_ao_merito_pr_samuel_mury.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/263/decreto_legistivo_006-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_penedo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/356/decreto_legislativo_007-2025_-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/357/decreto_legislativo_008-2025_-_diploma_de_honra_ao_merito_raphael_salgado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/358/decreto_legislativo_009-2025_-_diploma_de_honra_ao_merito_danilo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/359/decreto_legislativo_010-2025_-_diploma_de_honra_ao_merito_deputado_estadual_bruno_boaretto.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/382/decreto_legislativo_012-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_boa_hora.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/396/decreto_legislativo_013-2025_-_diploma_de_honra_ao_merito_sr._abdallah_mohamed_slaybi_junior.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_no_001-2025_-_nome_do_vereador_alessandro_marins_ferreira_para_ocupar_o_cargo_de_corregedor_da_camara_para_o_bienio_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_002-2025_-_realizar_troca_de_manilhamento_da_rede_de_esgoto_da_rua_isaias_da_conceicao_2013_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_no_003-2025_-_conceder_capacete_de_protecao_aos_guardas_municipais_e_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_no_004-2025_-_realizacao_de_pintura_do_posto_de_saude_de_pureza.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_no_005-2025_-_realizacao_da_reforma_do_psoto_de_saude_de_angelim.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_no_006-2025_-_realiza_operacao_tapa_buraco_na_rua_thebano_pinheiro_dos_santos_2013_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_no_007-2025_-_que_seja_instauada_a_coleta_de_lixo_na_localidade_de_tabuinha-_3o_distrito.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_no_008-2025_-_que_seja_feito_o_reparo_no_calcamento_na_rua_inclinada_-_na_divineia_-_em_frente_ao_no_87_e_creche_dona_zizi.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_no_009-2025_-_realizar_reparo_no_calcamento_na_rua_cascabulho_-_ao_lado_da_mercearia_do_carlinhos_-_no_bairro_nova_divineia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_no_010-2025_-_estudo_para_viabilizacao_de_implantacao_de_um_quebra_molas_na_rua_justino_moreira_-_cruzamento_co_rua_santa_luzia_-_bairro_nova_divineia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_no_011-2025_-_que_seja_desmembrada_a_secretaria_de_cultura_e_turismo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_no_012-2025_-_criacao_de_uma_rua_ligando_a_rua_maria_de_lourdes_soares_dias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no_013-2025_-_pintura_e_troca_da_areia_do_parquinho_infantil-playground_-_de_ernesto_machado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no_014-2025_-_realizacao_de_uma_busca_ativa_do_cadastro_de_pessoas_em_situacao_de_rua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_no_015-2025_-_implementacao_de_campanhas_permanentes_de_prevencao_ao_suicidio_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_no_016-2025_-_asfaltamento_da_rua_antonio_xavier_maia_ate_a_ponte_da_catarina_-_na_penha.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_no_017-2025_-_calcamento_e_instalacao_de_galeria_na_rua_vitoria_-_bairro_da_penha.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_no_018-2025_-_construcao_da_calcada_em_frente_a_creche_valdir_vieira-_rua_ivanir_plouvier_gouveia-_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_no_019-2025_-_limpeza_do_bueiro-_localizado_na_rua_jose_custodio_-_em_valao_dos_milagres.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_no_020-2025_-_realizacao_de_estudo_para_viabilizar_a_implantacao_de_um_quebra_molas_na_rua_da_igualdade-_proximo_a_peixaria_do_negao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_no_021-2025_-_calcamento_da_rua_gumercindo_dos_santos_machado_-_vila_dos_coroados.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_no_022-2025_-_patrolamento_da_estrada_de_santa_rita_do_brejinho_-_2o_distrito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_no_023-2025_-_que_seja_colocada_mao_unica_para_estacionamento_-_a_rua_antonio_xavier_maia_-_penha..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_no_024-2025_-_aquisicao_de_um_caminhao_reboque_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_no_025-2025_-_que_aumente_a_quantidade_de_profissional_calceteiro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_no_026-2025_-_estudo_para_viabilizar_a_implantacao_de_um_quebra_molas_na_rua_jose_dias_cavararo_-_bairro_sao_vicente_de_paula.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no_027-2025_-_operacao_tapa-buracos_na_rua_alziro_novaes_-_no_bairro_da_chatuba.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_028-2025_-_troca_de_areia_do_parquinho_infantil_de_pureza.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_no_029-2025_-_calcamento_da_rua_benevides_pontes_miguel_-_em_angelim.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_no_030-2025_-_calcamento_da_rua_alianca_-_em_angelim.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_no_031-2025_-_regularizacao_da_sinalizacao_do_ponto_de_parada_da_pestalozzi_de_sao_fidelis_-_por_meio_da_adequada_marcacao_da_vaga_no_solo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_no_032-2025_-_recapeamento_na_rua_projetada_-_localizada_no_loteamento_em_frente_a_pousada_beira_rio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_033-2025_-_substituicao_das_lampadas_da_quadra_de_esporte_da_localidade_de_colonia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no_034-2025_-_instalacao_de_uma_tela_de_protecao_ou_cercado_mais_alto_ao_redor_do_parquinho_infantil_-_localizado_na_praca_de_valao_dos_milagres.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no_035-2025_-_que_seja_colocada_mao_unica_para_estacionamento_na_rua_pastor_jose_pereira_de_lima_-_no_parque_tinola.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_no_036-2025_-_que_seja_feito_um_estudo_para_disponibilizar_curso_de_qualificacao_para_os_profissionais_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_no_037-2025_-_que_seja_feito_um_estudo_para_obter_profissional_zelador_de_estradas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no_038-2025_-_manutencao_da_rede_eletrica_de_iluminacao_dos_refletores_da_quadra_de_esportes_da_chatuba.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no_039-2025_-_reducao_da_jornada_escolar_na_rede_de_ensino_municipal_devido_a_intensa_onde_de_calor.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no_040-2025_-_patrolamento_na_estrada_que_liga_sao_benedito_a_itacolomi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no_041-2025_-_reconstrucao_da_ponte_na_travessa_aleixo_peres_-_na_cidade_de_deus_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no_042-2025_-_estudo_a_fim_de_viabilizar_a_implantacao_de_um_quebra-molas_na_rua_maria_vitipo_raposo_-_proximo_a_pracinha_do_erasto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no_043-2025_-_patrolamento_na_estrada_da_fazenda_romao_-_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no_044-2025_-_patrolamento_na_estrada_da_localidade_de_dois_rios.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no_045-2025_-_que_seja_disponibilizada_uma_linha_telefonica_-_e_tambem_a_instalacao_de_um_ar_condicionado_ou_ventiladores_na_sala_de_recepcao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_no_046-2025_-_que_adotem_as_medidas_pertinentes_para_sanar_o_vazamento_do_esgoto_a_ceu_aberto_na_rua_francisco_policarpo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_no_047-2025_-_instalacao_de_iluminacao_publica_no_parque_infantil_ao_lado_da_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_no_048-2025_-_implantacao_de_uma_linha_do_expresso_fidelense_partindo_da_rua_santo_amaro_-_no_bairro_cristo_rei_-_com_destino_a_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_no_049-2025_-_pavimentacao_e_recuperacao_da_rua_manoel_carlos_monteiro_coroados.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_no_050-2025_-_capina_e_limpeza_nas_extremidades_da_beira_rio_-_em_frente_ao_clube_malibu.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_no_051-2025_-_patrolamento_da_estrada_do_rio_do_colegio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/141/instalacao_de_iluminacao_publica_no_parquinho_infantil_ao_lado_do_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no_053-2025_-_estudo_para_viabilizacao_de_implantacao_de_um_quebra_-_molas_na_rua_principal_do_angelim_-_em_pureza.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_no_054-2025_-_que_autorizem_os_onibus_universitarios_a_trafegarem_pelos_bairros_apos_o_termino_das_aulas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no_055-2025_-_que_seja_realizada_uma_inspecao_na_ponte_metalica.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no_056-2025_-__colocacao_de_mao_unica_na_rua_luiz_da_costa_machado_-_penha..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_no_057-2025_-_realizacao_de_estudo_para_construcao_de_pista_de_atletismo_no_estadio_municipal_sebastiao_de_almeida_e_silva..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_no_058-2025_-_estudo_para_construcao_de_rampas_de_acessibilidade_nos_imoveis_de_uso_publico_de_responsabilidade_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_no_059-2025_-_construcao_de_rede_de_esgoto_na_rua_joaquim_tavora_no_bairro_coroados..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_no_060-2025_-_manutencao_e_limpeza_em_rede_de_esgoto_na_rua_santo_amaro_no_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_no_061-2025_-_intervencao_na_rua_cicinio_faria_travessa_germiro_de_oliveira_no_bairro_sao_vicente_de_paulo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no_062-2025_-_definicao_de_um_dia_especifico_da_semana_para_coleta_de_residuos_organicos_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no_063-2025_-_colocacao_de_paralelepipedos_na_rua_pedro_gomes_barbosa_no_bairro_da_penha..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no_064-2025_-_construcao_de_capela_mortuaria_na_localidade_de_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no_065-2025_-_realizacao_de_estudo_para_que_disponibilize_um_onibus_da_propria_frota_para_atender_alunos_que_estudam_no_municipio_de_campos_dos_goytacazes_no_turno_da_tarde..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no_066-2025_-_manutencao_na_estrada_da_serra_de_sao_jose_e_sossego..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_no_067-2025_-_realizacao_de_estudo_para_implantacao_de_um_quebra-molas_antes_da_ponte_na_rua_principal_de_valao_dos_milagres..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_no_068-2025_-_manutencao_do_calcamento_na_rua_valentim_peres_beira_rio_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no_069-2025_-_reforma_da_caixa_dagua_em_frente_ao_colegio_municipal_albertino_nascimento_-_colonia..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_no_070-2025_-_colocacao_de_paralelepipedos_na_rua_de_acesso_ao_cemiterio_municipal_de_colonia..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no_071-2025_-_realizacao_de_melhorias_na_acessibilidade_para_o_rio_grande_no_porto_de_colonia..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_no_072-2025_-_realizacao_de_calcamento_na_rua_projetada_-_recanto_da_penha..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no_073-2025__que_seja_feita_a_troca_das_lampadas_do_patio_interno_do_colegio_estadual_barao_de_macaubas_e_ao_entorno_do_mesmo..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_no_074-2025_-_poda_das_arvores_de_todo_o_interior_do_municipio_finalizando_no_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_no_075-2025_-_inclusao_do_municipio_de_sao_fidelis_no_mapa_de_turismo_brasileiro_por_meio_do_cadastro_no_sismapa..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no_076-2025_-_patrolamento_da_estrada_de_acesso_ao_assentamento_dos_sem_terra..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no_077-2025_-_construcao_de_um_parquinho_para_os_alunos_da_escola_municipal_washington_pontes_-_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no_078-2025_-_construcao_de_uma_capela_mortuaria_na_localidade_de_valao_dos_milagres_-_5o_distrito..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_079-2025_-_estudo_para_averiguar_a_possibilidade_do_fechamento_da_rua_entre_a_quadra_de_esportes_e_a_praca_dos_namorados_no_centro_durante_os_finais_de_semana..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_080-2025_-_reparo_da_cobertura_na_quadra_de_esportes_do_tancredao_na_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_081-2025_-_que_adotem_medidas_pertinentes_afim_de_sanar_o_vazamento_de_esgoto_a_ceu_aberto_na_rua_emidio_maia_santos_rj_158_proximo_ao_rancho_coroados..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_082-2025_-_refazer_as_pinturas_das_faixas_de_pedestres_em_todo_centro_da_cidade_e_proximo_as_escolas_da_rede_municipal_e_privada_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_083-2025_-_realizar_reparos_na_rede_eletrica_da_quadra_de_esportes_de_barro_branco..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_no_084-2025_-_que_sejam_adotadas_as_providencias_necessarias_para_garantir_o_cumprimento_da_lei_1.732_de_13_de_julho_de_2023..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_no_085-2025_-_instalacao_de_cameras_de_seguranca_nas_creches_e_escolas_da_rede_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_no_086-2025_-_capina_e_rocada_em_todas_as_ruas_no_loteamento_morada_do_bosque_no_bairro_barreiro..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_no_087-2025_-_disponibilidade_de_agentes_da_guarda_municipal_em_frente_a_terceira_igreja_batista_localizada_na_rua_loureiro_bairro_ipuca_nos_horarios_de_entrada_e_saida_dos_alunos_da.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_no_088-2025_-_reparos_em_um_pequeno_trecho_do_calcamento_da_rua_martinha_da_fonseca_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_no_089-2025_-_estudo_tecnico_para_analisar_a_viabilidade_da_transformacao_parcial_da_rua_loureiro_no_bairro_ipuca_em_mao_unica_no_trecho_entre_o_cruzamento_com_a_rua_anibal_campos_ate.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no_090-2025_-_providenciar_a_instalacao_de_ar_condicionado_em_todas_as_salas_de_aula_da_escola_municipal_francisco_hilariao_-_usina_pureza..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_no_091-2025_-_realizar_o_termino_do_calcamento_da_rua_pedro_gomes_barbosa_no_bairro_da_penha.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_no_092-2025_-_pavimentacao_da_rua_zenir_valentim_localizada_no_bairro_barreiro..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_no_093-2025_-_reparo_no_calcamento_das_calcadas_em_diversos_pontos_do_centro_da_cidade_com_atencao_especial_a_rua_dr._jose_francisco..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no_094-2025_-_inclusao_na_programacao_de_manutencao_do_municipio_dos_servicos_de_tapa-buracos_rua_thebano_pinheiro_dos_santos_e_a_rua_francisco_calomeni_situadas_na_bairro_vila_dos_co.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no_095-2025_-_estudo_para_executar_a_operacao_tapa-buraco_na_rua_antonio_xavier_maia_-_no_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_096-2025_-_reforma_no_muro_do_cemiterio_na_localidade_de_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no_097-2025_-_estudo_para_executar_a_operacao_tapa-buraco_na_rua_pastor_jose_pereira_de_lima_-_no_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_no_098-2025_-_reforma_do_posto_de_saude_de_barro_branco..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_099-2025_-_construcao_de_vestiario_e_2_banheiros_na_quadra_de_futsal_da_chatuba..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_100-2025_-_cimentar_e_pintar_a_quadra_de_futsal_do_sao_vicente..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_101-2025_-_reparo_no_muro_da_rua_principal_no_distrito_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_102-2025_-_estudo_de_viabilidade_para_que_haja_um_estacionamento_rotativo_no_centro_e_um_fixo_na_beira_rio..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_103-2025_-_substituicao_da_iluminacao_publica_por_lampadas_de_led_na_rua_da_igualdade..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_104-2025_-_implantacao_de_uma_faixa_de_pedestres_em_frente_a_loja_jaciel_marques_material_de_construcao_-_localizada_na_rua_loureiro_-_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_105-2025_-_manutencao_e_reestruturacao_do_campinho_de_futevolei_do_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_106-2025_-_construcao_de_um_parquinho_com_playground_e_area_de_lazer_no_bairro_vila_dos_coroados_-_ao_lado_da_academia_da_terceira_idade..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_107-2025_-_reforma_do_antigo_campinho_da_cehab_-_no_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_108-2025_-_instalacao_de_iluminacao_publica_na_rua_irene_afonso_menezes_no_bairro_da_penha..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_109-2025_-_reforma_do_calcamento_na_escadaria_otacilio_sapateiro_no_bairro_jonas_de_almeida_e_silva_chatuba..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_110-2025_-_estudo_sobre_a_atualizacao_do_plano_de_cargos_e_salarios_dos_servidores_efetivos_do_municipio_de_sao_fidelis_que_nao_possuem_plano_de_carreira..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_111-2025_-_estudo_para_viabilizar_uma_faixa_de_pedestres_em_frente_a_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_112-2025_-_estudo_para_viabilizar_implantacao_de_quebra-molas_na_rua_justino_moreira_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_113-2025_-_reforma_e_limpeza_no_cemiterio_da_localidade_de_tapera..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_114-2025_-_limpeza_na_rua_da_igualdade_devido_a_lama_acumulada_pelas_fortes_chuvas_recentes..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_115-2025_-_melhorias_no_porto_utilizado_pelos_pescadores_na_cehab_no_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_116-2025_-_termino_do_manilhamento_da_rede_de_esgoto_na_rua_antonia_dos_santos_no_angelim..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_117-2025_-_instalacao_de_refletores_na_quadra_de_esportes_do_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_no_118-2025_-_pintura_e_reformas_necessarias_na_pracinha_da_penha..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_119-2025_-_reconstrucao_da_parte_de_tras_do_muro_do_cemiterio_de_angelim..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_120-2025_-_estudo_para_viabilizar_a_implantacao_de_quebra-molas_na_rua_santo_amaro_no_bairro_ipuca..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_121-2025_-_que_estenda_a_operacao_tapa-buracos_para_o_bairro_do_barreiro_em_especial_na_rua_barao_de_vila_flor..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_122-2025_-_estudo_para_a_mudanca_do_local_do_posto_de_saude_esf_do_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no_123-2025_-_reforma_na_pracinha_do_erasto..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_124-2025_-_estudo_para_melhoria_da_rede_fluvial_na_localidade_ze_grande_no_bairro_penha_e_captacao_de_agua_pluvial_no_morro_da_torre..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_125-2025_-_que_seja_atualizada_a_tabela_de_referencia_do_plano_de_cargo_e_salarios_da_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_126-2025_-_construcao_de_uma_cobertura_em_frente_ao_postinho_de_saude_da_nova_divineia..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_127-2025_-_limpeza_de_bueiro_na_rua_da_igualdade_em_frente_ao_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_128-2025_-_reforma_e_limpeza_do_parquinho_do_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_129-2025_-_patrolamento_na_estrada_do_palmital..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_130-2025_-_realizacao_de_uma_forca_tarefa_para_melhorias_no_bairro_montese..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_131-2025_-_limpeza_da_quadra_de_esportes_do_bairro_cristo_rei_e_capina_arredor_da_mesma..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_132-2025_-_capina_no_bairro_cristo_rei_-_ipuca..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_133-2025_-_manutencao_na_rua_da_igualdade_nas_proximidades_da_peixaria_do_negao..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_134-2025_-_a_extensao_da_linha_do_expresso_fidelense_que_circula_na_penha_ate_o_campestre_clube_vargem_grande..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_135-2025_-_operacao_tapa-buraco_na_rua_odorico_barreto__ipuca_trecho_proximo_a_igreja_assembleia_de_deus..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_136-2025_-_intervencao_na_rj-158_nas_proximidades_do_posto_do_edalmo_e_da_igreja_de_sao_joao_batista..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_137-2025_-_troca_da_areia_do_parquinho_infantil_localizado_em_frente_a_escola_municipal_albertino_nascimento__4o_distrito__colonia..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_138-2025_-_reforma_geral_da_caixa_dagua_localizada_em_frente_a_escola_municipal_albertino_nascimento__colonia..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_139-2025_-_a_possiblidade_de_serem_realizadas_melhorias_na_iluminacao_publica_das_entradas_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_140-2025_-_realizacao_de_reparos_na_travessia_da_linha_ferrea_pontilhao_situada_nas_proximidades_do_posto_do_edalmo..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_141-2025_-_operacao_tapa-buracos_na_rua_joao_batista_maia__vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no_142-2025_-_realizar_reparos_em_carater_de_extrema_urgencia_na_rua_cidade_de_deus__pureza..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no_143-2025_-_reparos_e_aplicacao_de_massa_asfaltica_na_rua_serejeira__vila_operario__pureza..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_144-2025_-_reforma_na_pracinha_do_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_145-2025_-_operacao_tapa-buraco_na_rua_projetada_b_ao_lado_do_condominio_petruceli_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_no_146-2025_-_calcamento_da_rua_andre_e_laura_em_valao_dos_milagres..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_no_147-2025_-_concluir_a_instalacao_da_rampa_de_acesso_para_cadeirantes_do_postinho_da_penha..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_no_148-2025_-_realizacao_de_limpeza_e_instalacao_de_iluminacao_publica_no_trevo_da_ponte_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no_149-2025_-_poda_do_bambuzal_sobre_a_ponte_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_no_150-2025_-_realizar_reparos_na_estrutura_de_dois_bueiros_na_rua_joaquim_jose_martins_-_ipuca_proximo_a_padaria_pao_ungido_e_outro_proximo_estadio_guilherme_tito..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_no_151-2025_-_reforma_em_calcada_na_rua_antonio_xavier_maia_no_trecho_ao_lado_do_comercio_mundo_das_aguas..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_no_152-2025_-_reconstrucao_de_dois_quebra-molas_e_estudo_para_viabilizacao_de_mais_um_na_rua_santo_amaro_entre_a_capela_santo_amaro_ate_a_primeira_entrada_do_bairro_pedreira.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_no_153-2025_-_substituicao_de_areia_do_parquinho_da_escola_municipal_oscar_pereira_da_silva_bairro_sao_jose..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_no_154-2025_-_limpeza_publica_em_todas_as_ruas_da_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_no_155-2025_-_reforma_dos_muros_da_linha_ferroviaria_e_dos_bancos_situados_em_sua_redondeza_na_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_no_156-2025_-_reparo_na_iluminacao_publica_em_diversos_pontos_da_localidade_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_no_157-2025_-_limpeza_no_valao_da_esperanca_localizado_na_rua_professor_joao_barreto_da_silva_no_185_bairro_vila_dos_coroados..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_no_158-2025_-_limpeza_e_capina_no_cemiterio_principal_de_pureza_e_no_cemiterio_localizado_proximo_a_fazenda_da_saudade_ambos_situados_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_no_159-2025_-_instalacao_de_ralo_para_escoamento_de_agua_na_rua_cabo_irani_guimaraes_vila_operaria_pureza..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_no_160-2025_-_desentupimento_de_bueiro_localizado_na_rua_expedicionario_eiduarte_da_silva_pontes_pureza..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_no_161-2025_-_que_seja_extendida_a_execucao_da_operacao_tapa-buraco_na_rua_aristino_alonso_farias_no_parque_tinola..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_no_162-2025_-_estudo_para_aquisicao_de_containers_de_lixo..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_no_163-2025_-_reforma_da_calcada_na_avenida_teodoro_gouveia_de_abreu_no_trecho_da_academia_popular_em_frente_o_detran..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_no_164-2025_-_que_seja_disponibilizado_e_capacitado_profissional_do_quadro_de_funcionario_da_semus_para_realizar_os_levantamentos_de_orcamentos_da_cirurgia_que_o_paciente_passara..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_no_165-2025_-_realizar_a_troca_de_iluminacao_amarela_por_branca_fria_da_quadra_de_esportes_da_ipuca..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_no_166-2025_-_revitalizacao_do_horto_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_167-2025_-_que_seja_intensificada_a_frequencia_da_coleta_de_residuos_solidos_urbanos_no_bairro_cristo_rei..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_168-2025_-_que_seja_instituida_uma_agenda_fixa_com_datas_previamente_divulgadas_para_coleta_de_entulhos_e_limpeza_urbana_nos_distritos_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_no_169-2025_-_instalacao_de_iluminacao_publica_no_interior_e_entorno_do_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_no_170-2025_-_que_seja_instaurada_a_coleta_de_lixo_na_localidade_de_tabuinha..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_no_171-2025_-_patrolamento_e_instalacao_de_manilhas_na_estrada_de_santa_catarina..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_no_172-2025_-_patrolamento_na_localidade_de_ze_grande_no_bairro_penha..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_no_173-2025_-_estudo_para_criacao_de_uma_via_exclusiva_para_ciclistas_em_sao_fidelis_tendo_inicio_na_rua_doutor_jose_francisco_e_concluindo_na_rua_doutor_euclides_da_cunha..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_no_174-2025_-_iluminacao_publica_nos_trechos_de_angelim_ate_a_ponte_e_da_ponte_ate_o_cemiterio_de_pureza..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_no_175-2025_-_que_servicos_de_retirada_de_lixo_entulho_e_demais_intervencoes_similares_sejam_preferencialmente_realizados_fora_do_horario_comercial..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_no_176-2025_-_demolicao_do_antigo_banheiro_publico_localizado_no_antigo_porto_em_pureza..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_177-2025_-_aquisicao_de_aparelho_medidor_de_nivel_sonoro_decibelimetro_e_a_capacitacao_dos_agentes_responsaveis_pela_fiscalizacao..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_no_178-2025_-_alteracao_do_ponto_de_carga_e_descarga_no_cruzamento_da_rua_frei_angelo_com_a_avenida_sete_de_setembro..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_179-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_180-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_181-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_182-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_183-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_184-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_185-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_197-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/303/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/304/digitalizar0007.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/315/209-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/320/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_211-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/324/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_228-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/353/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_241-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/404/digitalizar0018.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/405/digitalizar0017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_257-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_260-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_262-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/430/protweb1usr13id15102025124819.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_264-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_266-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_267-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_268-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/438/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/443/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/444/indicacao_271-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/445/indicacao_272-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_273-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_274-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_275-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_276-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_277-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_278-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/453/indicacao_279-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/455/indicacao_281-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/456/indicacao_282-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_285-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_286-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_288-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_289-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_290-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_291-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_292-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_293-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_294-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_295-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_296-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_297-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_299-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_300-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_no_001-2025_-_requerer_exclarecimentos_sobre_convocacao_de_mediadores_escolares_aprovados_no_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_no_002-2025_-_mocao_de_aplausos_ao_excelentissimo_reverendissimo_bispo_dom_fernando_areas_rifan-_filho_ilustre_da_nossa_querida_cidade_poema.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_no_003-2025_-_solicita_informacoes_a_enel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_004-2025_-_solicita_informacoes_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_no_005-2025_-_solicita_informacoes_a_associacao_hospitalar_armandi_vidal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_no_006-2025_-_requer_esclarecimentos_ao_gestor_municipal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_no_007-2025_-_mocao_de_aplausos_aos_agentes_de_defesa_ambiental_-_guarda-parques_-_lotados_na_subsede_do_parque_estadual_do_desengano_-_ped.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_no_008-2025_-_requerer_esclarecimento_a_prefeitura_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_no_009-2025_-_esclarecimento_sobre_os_procedimentos_adotados_para_a_realizacao_das_podas_de_arvores_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_no_010-2025_-_mocao_de_aplausos_a_ana_victoria_aguiar_malafaia_carlos.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_no_011-2025_-_mocao_de_aplausos_a_diretoria_do_boia_cross_colonia..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_no_012-2025_-_reiteracao_do_requerimento_n_0062025..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_no_013-2025_-_requerer_esclarecimentos_ao_gestor_municipal..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_014-2025_-_concede_mocao_de_aplausos_ao_dr._victor_mauro_cruz..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_no_015-2025_-_apoio_a_proposta_de_emenda_a_constituicao_pec_no_52023_de_autoria_do_deputado_marcelo_crivella_que_amplia_a_imunidade_tributaria_para_templos_de_qualquer_culto..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/59/requerimento_no_016-2025_-_mocao_de_aplausos_aos_policiais_militares_willian_chaves_magalhaes_e_alcimar_de_oliveira_pontes..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/60/requerimento_no_017-2025_-_mocao_de_aplausos_ao_sr._everton_ferreira_teles..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/61/requerimento_no_018-2025_-_mocao_de_aplausos_ao_sr._alexandre_mury..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_no_019-2025_-_mocao_de_aplausos_ao_sr._cezar_romero_teixeira_carlos..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_no_020-2025_-_mocao_de_pesar_ao_senhor_bartolomeu_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_021-2025_-_mocao_de_aplausos_a_unipasf_uniao_de_pastores_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_no_022-2025_-_mocao_de_aplausos_para_matheus_pereira_macedo_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_no_023-2025_-_mocao_de_aplausos_ao_reverendissimo_padre_maxwell_santos_de_almeida..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_no_024-2025_-_mocao_de_aplausos_ao_excelentissimo_senhor_ricardo_martins_david..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_no_025-2025_-_mocao_de_aplausos_ao_excelentissimo_senhor_deputado_estadual_bruno_boaretto..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_no_026-2025_-_mocao_de_aplausos_a_sra._amanda_bastos_vicente_figueira..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_no_027-2025_-_requerer_esclarecimentos_a_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_no_028-2025_-_requerer_esclarecimentos_a_prefeitura_municipal_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_no_029-2025_-_concede_mocao_de_aplausos_ao_sernhor_wagner_bertin..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_no_030-2025_-_concede_mocao_de_aplausos_a_sra._janine_petrutes_palagar..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_no_031-2025_-_concede_mocao_de_aplausos_a_equipe_medica_composta_por_dra_estefanny_pela_enfermeira_paula_rogeria_alcantara_de_castro_e_pela_tecnica_dem_enfermagem_ingryd_gomes_de_as.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_no_032-2025_-_mocao_de_aplausos_ao_projeto_cinema_em_movimento.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_no_033-2025_-_requerer_esclarecimentos_ao_gestor_municipal..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_no_034-2025_-_mocao_de_aplausos_ao_sr._valdemy_dos_santos_braga_junior..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_no_035-2025_-_mocao_de_aplausos_ao_sr._marcos_vinicius_porto_stellet..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_no_036-2025_-_mocao_de_aplausos_ao_sr._wanderson_soares_moreira..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_no_037-2025_-_diploma_de_honra_ao_merito_ao_pastor_samuel_mury_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/81/requerimento_no_038-2025_-_mocao_de_aplausos_ao_sr._damian_wander..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_no_039-2025_-_mocao_de_aplausos_ao_estrela_do_norte_esporte_clube..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_no_040-2025_-_mocao_de_aplausos_ao_sr._pedro_silva_goudard_cruz..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_no_041-2025_-_mocao_de_aplausos_ao_chefe_e_subchefe_do_parque_estadual_do_desengano_sr._lucio_heron_da_costa_e_sr._wellington_santos_cinelli..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_no_042-2025_-_mocao_de_aplausos_ao_guarda_ambiental_flavio_marchioro_stelet..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_no_043-2025_-_mocao_de_aplausos_ao_senhor_leonardo_ferraz_de_souza..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_no_044-2025_-_mocao_de_aplausos_aos_senhores_rodrigo_dos_santos_larrubia_patrickson_ouro_fino_gravitol_souza_e_wesley_barcellos_silva..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_no_045-2025_-_diploma_de_honra_ao_merito_a_igreja_batista_em_penedo..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_046-2025_-_solicitar_esclarecimentos_a_empresa_enel..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_047-2025_-_mocao_de_aplausos_a_deputada_federal_daniela_mote_de_souza_carneiro_daniela_do_waguinho..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_048-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/286/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_050-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_051-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_052-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/316/054-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/317/requerimento_055-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_056-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_057-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_058-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_059-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_060-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_061-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/344/requerimento_062-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/354/requerimento_no_063-2025_-_solicita_providencias_urgentes_ao_der-rj-_quanto_a_manutencao_das_rodovias_estaduais_rj-158_e_rj-192-_que_cortam_o_municipio_de_sao_fidelis..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_065-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/363/img20250818_12574908.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_067-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_068-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_070-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_071-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/386/requerimento_072-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_073-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_074-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_075-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/401/requerimento_076-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_077-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_078-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_079-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_080-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/423/protweb1usr14id14102025080600.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_082-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_083-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_084-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_mocao_de_aplausos_-_crefito_2.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_086-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_087-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_088-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_089-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_090-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_091-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_092-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_093-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_094-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_095-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_096-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_097-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_098-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_099-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/7/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/8/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/9/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/10/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/11/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/12/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/13/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/14/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/15/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_-_reestruturacao_cargos_camara.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/17/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/18/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/19/pl_13-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/20/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/21/digitalizar0044.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/22/digitalizar0045.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/24/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/25/pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/26/pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/27/pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/28/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/29/pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/30/digitalizar0046.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_-_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/36/011__projeto_de_lei_-_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/38/pl_027-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/39/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/40/protweb1usr14id27052025120811_1.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/55/pl_030-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/56/pl_031-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/57/pl_032-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/140/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_-_rua_pr._elieser_teixeira_freitas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/177/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_036-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/284/protweb1usr14id17062025144409.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/285/protweb1usr14id17062025144705.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_039-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/314/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/330/protweb1usr14id15072025113018.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/331/protweb1usr14id15072025113436.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/332/protweb1usr14id15072025113751.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/333/protweb1usr14id15072025121847.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_lei_046-2025_-_reajuste_anual.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/337/projeto_de_lei_047-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_050-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_051-25_-_alteracao_no_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_052-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_053-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_054-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_055-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/384/projeto_de_lei_056-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/402/digitalizar0016.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_058-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_059-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_060-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_061-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_062-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_063-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/439/projeto_de_lei_064-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_065-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_066-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_067-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_068-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_de_lei_069-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_070-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_071-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/496/030__projeo_de_lei_-_decimo_terceiro_-_fpmsf.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/4/projeto_de_resolucao_-_baixa_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_resolucao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_resolucao_006-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/479/projeto_de_resolucao_008-2025_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_resolucao_-_auxilio_natal_2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/493/projeto_de_resolucao_-_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/495/projeto_de_resolucao_-_diarias_de_viagem_-_nova.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/32/decreto_legislativo_001-2025_-_aumenta_margem_de_consignado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/33/decreto_legislativo_002-2025_-_aumenta_margem_de_consignado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legistivo_005-2025_-_diploma_de_honra_ao_merito_pr_samuel_mury.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/263/decreto_legistivo_006-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_penedo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/356/decreto_legislativo_007-2025_-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/357/decreto_legislativo_008-2025_-_diploma_de_honra_ao_merito_raphael_salgado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/358/decreto_legislativo_009-2025_-_diploma_de_honra_ao_merito_danilo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/359/decreto_legislativo_010-2025_-_diploma_de_honra_ao_merito_deputado_estadual_bruno_boaretto.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/382/decreto_legislativo_012-2025_-_diploma_de_honra_ao_merito_igreja_batista_em_boa_hora.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/396/decreto_legislativo_013-2025_-_diploma_de_honra_ao_merito_sr._abdallah_mohamed_slaybi_junior.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/sapl/public/materialegislativa/2025/441/decreto_legislativo_015-2025_-_diploma_de_honra_ao_merito_ao_pastor_ademilcessar_cardoso_barreto.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofidelis.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H423"/>
+  <dimension ref="A1:H499"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -10999,4258 +11665,6234 @@
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>613</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
         <v>57</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>889</v>
       </c>
       <c r="H261" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>180</v>
+        <v>891</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>10</v>
+        <v>616</v>
       </c>
       <c r="D262" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E262" t="s">
+        <v>12</v>
+      </c>
+      <c r="F262" t="s">
+        <v>80</v>
+      </c>
+      <c r="G262" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F262" t="s">
-[...2 lines deleted...]
-      <c r="G262" s="1" t="s">
+      <c r="H262" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>184</v>
+        <v>894</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>17</v>
+        <v>619</v>
       </c>
       <c r="D263" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F263" t="s">
         <v>80</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>895</v>
       </c>
       <c r="H263" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>188</v>
+        <v>897</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>22</v>
+        <v>898</v>
       </c>
       <c r="D264" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="H264" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>192</v>
+        <v>901</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>26</v>
+        <v>622</v>
       </c>
       <c r="D265" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F265" t="s">
         <v>18</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="H265" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>196</v>
+        <v>904</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>30</v>
+        <v>625</v>
       </c>
       <c r="D266" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F266" t="s">
         <v>18</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="H266" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>200</v>
+        <v>907</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>34</v>
+        <v>628</v>
       </c>
       <c r="D267" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="H267" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>204</v>
+        <v>910</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>38</v>
+        <v>631</v>
       </c>
       <c r="D268" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F268" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="H268" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>208</v>
+        <v>913</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>43</v>
+        <v>635</v>
       </c>
       <c r="D269" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="H269" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>212</v>
+        <v>916</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>48</v>
+        <v>638</v>
       </c>
       <c r="D270" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="H270" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>216</v>
+        <v>919</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>52</v>
+        <v>642</v>
       </c>
       <c r="D271" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="H271" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>220</v>
+        <v>922</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>56</v>
+        <v>923</v>
       </c>
       <c r="D272" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="H272" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>224</v>
+        <v>926</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>61</v>
+        <v>927</v>
       </c>
       <c r="D273" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="H273" t="s">
-        <v>916</v>
+        <v>929</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>228</v>
+        <v>930</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>66</v>
+        <v>645</v>
       </c>
       <c r="D274" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="H274" t="s">
-        <v>904</v>
+        <v>932</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>232</v>
+        <v>933</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>70</v>
+        <v>934</v>
       </c>
       <c r="D275" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>918</v>
+        <v>935</v>
       </c>
       <c r="H275" t="s">
-        <v>919</v>
+        <v>936</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>248</v>
+        <v>937</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>75</v>
+        <v>648</v>
       </c>
       <c r="D276" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="H276" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>252</v>
+        <v>939</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>79</v>
+        <v>940</v>
       </c>
       <c r="D277" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>922</v>
+        <v>941</v>
       </c>
       <c r="H277" t="s">
-        <v>923</v>
+        <v>942</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>256</v>
+        <v>943</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>84</v>
+        <v>651</v>
       </c>
       <c r="D278" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>924</v>
+        <v>944</v>
       </c>
       <c r="H278" t="s">
-        <v>925</v>
+        <v>945</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>260</v>
+        <v>946</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>88</v>
+        <v>654</v>
       </c>
       <c r="D279" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>926</v>
+        <v>947</v>
       </c>
       <c r="H279" t="s">
-        <v>927</v>
+        <v>948</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>264</v>
+        <v>949</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>92</v>
+        <v>657</v>
       </c>
       <c r="D280" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F280" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>928</v>
+        <v>950</v>
       </c>
       <c r="H280" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>268</v>
+        <v>952</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>96</v>
+        <v>660</v>
       </c>
       <c r="D281" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F281" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>930</v>
+        <v>953</v>
       </c>
       <c r="H281" t="s">
-        <v>931</v>
+        <v>954</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>272</v>
+        <v>955</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>100</v>
+        <v>663</v>
       </c>
       <c r="D282" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>932</v>
+        <v>956</v>
       </c>
       <c r="H282" t="s">
-        <v>933</v>
+        <v>957</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>276</v>
+        <v>958</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>104</v>
+        <v>666</v>
       </c>
       <c r="D283" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>934</v>
+        <v>959</v>
       </c>
       <c r="H283" t="s">
-        <v>935</v>
+        <v>960</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>280</v>
+        <v>961</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>108</v>
+        <v>669</v>
       </c>
       <c r="D284" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>936</v>
+        <v>962</v>
       </c>
       <c r="H284" t="s">
-        <v>937</v>
+        <v>963</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>284</v>
+        <v>964</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>112</v>
+        <v>965</v>
       </c>
       <c r="D285" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>938</v>
+        <v>966</v>
       </c>
       <c r="H285" t="s">
-        <v>939</v>
+        <v>967</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>288</v>
+        <v>968</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>116</v>
+        <v>969</v>
       </c>
       <c r="D286" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>80</v>
+        <v>670</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>940</v>
+        <v>970</v>
       </c>
       <c r="H286" t="s">
-        <v>941</v>
+        <v>971</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>292</v>
+        <v>972</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>120</v>
+        <v>973</v>
       </c>
       <c r="D287" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F287" t="s">
         <v>39</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>942</v>
+        <v>974</v>
       </c>
       <c r="H287" t="s">
-        <v>943</v>
+        <v>975</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>296</v>
+        <v>976</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>124</v>
+        <v>673</v>
       </c>
       <c r="D288" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>944</v>
+        <v>800</v>
       </c>
       <c r="H288" t="s">
-        <v>945</v>
+        <v>977</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>300</v>
+        <v>978</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>128</v>
+        <v>979</v>
       </c>
       <c r="D289" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F289" t="s">
         <v>57</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>946</v>
+        <v>980</v>
       </c>
       <c r="H289" t="s">
-        <v>908</v>
+        <v>981</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>304</v>
+        <v>982</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>132</v>
+        <v>676</v>
       </c>
       <c r="D290" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>947</v>
+        <v>983</v>
       </c>
       <c r="H290" t="s">
-        <v>948</v>
+        <v>984</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>308</v>
+        <v>985</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>136</v>
+        <v>679</v>
       </c>
       <c r="D291" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>949</v>
+        <v>986</v>
       </c>
       <c r="H291" t="s">
-        <v>950</v>
+        <v>987</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>312</v>
+        <v>988</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>140</v>
+        <v>682</v>
       </c>
       <c r="D292" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F292" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>951</v>
+        <v>989</v>
       </c>
       <c r="H292" t="s">
-        <v>952</v>
+        <v>990</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>316</v>
+        <v>991</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>144</v>
+        <v>685</v>
       </c>
       <c r="D293" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F293" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>953</v>
+        <v>992</v>
       </c>
       <c r="H293" t="s">
-        <v>954</v>
+        <v>993</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>320</v>
+        <v>994</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>148</v>
+        <v>688</v>
       </c>
       <c r="D294" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F294" t="s">
-        <v>39</v>
+        <v>399</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>955</v>
+        <v>995</v>
       </c>
       <c r="H294" t="s">
-        <v>904</v>
+        <v>996</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>324</v>
+        <v>997</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>152</v>
+        <v>691</v>
       </c>
       <c r="D295" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>956</v>
+        <v>998</v>
       </c>
       <c r="H295" t="s">
-        <v>957</v>
+        <v>999</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>328</v>
+        <v>1000</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>156</v>
+        <v>694</v>
       </c>
       <c r="D296" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>958</v>
+        <v>1001</v>
       </c>
       <c r="H296" t="s">
-        <v>959</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>332</v>
+        <v>1003</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>160</v>
+        <v>697</v>
       </c>
       <c r="D297" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>960</v>
+        <v>1004</v>
       </c>
       <c r="H297" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>336</v>
+        <v>1006</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>164</v>
+        <v>700</v>
       </c>
       <c r="D298" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>962</v>
+        <v>1007</v>
       </c>
       <c r="H298" t="s">
-        <v>963</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>340</v>
+        <v>1009</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>168</v>
+        <v>1010</v>
       </c>
       <c r="D299" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>964</v>
+        <v>800</v>
       </c>
       <c r="H299" t="s">
-        <v>965</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>344</v>
+        <v>1012</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>172</v>
+        <v>1013</v>
       </c>
       <c r="D300" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>966</v>
+        <v>1014</v>
       </c>
       <c r="H300" t="s">
-        <v>967</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>348</v>
+        <v>1016</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>176</v>
+        <v>1017</v>
       </c>
       <c r="D301" t="s">
-        <v>891</v>
+        <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>892</v>
+        <v>12</v>
       </c>
       <c r="F301" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>968</v>
+        <v>1018</v>
       </c>
       <c r="H301" t="s">
-        <v>969</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>352</v>
+        <v>180</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="D302" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E302" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F302" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>970</v>
+        <v>1022</v>
       </c>
       <c r="H302" t="s">
-        <v>971</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>356</v>
+        <v>184</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="D303" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E303" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F303" t="s">
         <v>80</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>972</v>
+        <v>1024</v>
       </c>
       <c r="H303" t="s">
-        <v>973</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>360</v>
+        <v>188</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="D304" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E304" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F304" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>974</v>
+        <v>1026</v>
       </c>
       <c r="H304" t="s">
-        <v>975</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>364</v>
+        <v>192</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>192</v>
+        <v>26</v>
       </c>
       <c r="D305" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E305" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F305" t="s">
         <v>18</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>976</v>
+        <v>1028</v>
       </c>
       <c r="H305" t="s">
-        <v>977</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>368</v>
+        <v>196</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="D306" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E306" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F306" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>978</v>
+        <v>1030</v>
       </c>
       <c r="H306" t="s">
-        <v>979</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>980</v>
+        <v>200</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="D307" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E307" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F307" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>981</v>
+        <v>1032</v>
       </c>
       <c r="H307" t="s">
-        <v>982</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>983</v>
+        <v>204</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>204</v>
+        <v>38</v>
       </c>
       <c r="D308" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E308" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F308" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>984</v>
+        <v>1034</v>
       </c>
       <c r="H308" t="s">
-        <v>985</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>986</v>
+        <v>208</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>208</v>
+        <v>43</v>
       </c>
       <c r="D309" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E309" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F309" t="s">
-        <v>399</v>
+        <v>57</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>987</v>
+        <v>1036</v>
       </c>
       <c r="H309" t="s">
-        <v>988</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>989</v>
+        <v>212</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>212</v>
+        <v>48</v>
       </c>
       <c r="D310" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E310" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F310" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>990</v>
+        <v>1038</v>
       </c>
       <c r="H310" t="s">
-        <v>991</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>992</v>
+        <v>216</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>216</v>
+        <v>52</v>
       </c>
       <c r="D311" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E311" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F311" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>993</v>
+        <v>1040</v>
       </c>
       <c r="H311" t="s">
-        <v>994</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>995</v>
+        <v>220</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>220</v>
+        <v>56</v>
       </c>
       <c r="D312" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E312" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F312" t="s">
         <v>39</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>996</v>
+        <v>1042</v>
       </c>
       <c r="H312" t="s">
-        <v>997</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>998</v>
+        <v>224</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>224</v>
+        <v>61</v>
       </c>
       <c r="D313" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E313" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F313" t="s">
         <v>39</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>999</v>
+        <v>1044</v>
       </c>
       <c r="H313" t="s">
-        <v>1000</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1001</v>
+        <v>228</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>228</v>
+        <v>66</v>
       </c>
       <c r="D314" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E314" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F314" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>800</v>
+        <v>1046</v>
       </c>
       <c r="H314" t="s">
-        <v>1002</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1003</v>
+        <v>232</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>232</v>
+        <v>70</v>
       </c>
       <c r="D315" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E315" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F315" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1004</v>
+        <v>1047</v>
       </c>
       <c r="H315" t="s">
-        <v>1005</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1006</v>
+        <v>248</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>236</v>
+        <v>75</v>
       </c>
       <c r="D316" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E316" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F316" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1007</v>
+        <v>1049</v>
       </c>
       <c r="H316" t="s">
-        <v>1008</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1009</v>
+        <v>252</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>240</v>
+        <v>79</v>
       </c>
       <c r="D317" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E317" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F317" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1010</v>
+        <v>1051</v>
       </c>
       <c r="H317" t="s">
-        <v>1011</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1012</v>
+        <v>256</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="D318" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E318" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F318" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1013</v>
+        <v>1053</v>
       </c>
       <c r="H318" t="s">
-        <v>1014</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1015</v>
+        <v>260</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>248</v>
+        <v>88</v>
       </c>
       <c r="D319" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E319" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F319" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1016</v>
+        <v>1055</v>
       </c>
       <c r="H319" t="s">
-        <v>1017</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1018</v>
+        <v>264</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>252</v>
+        <v>92</v>
       </c>
       <c r="D320" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E320" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F320" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1019</v>
+        <v>1057</v>
       </c>
       <c r="H320" t="s">
-        <v>1020</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>268</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>96</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E321" t="s">
         <v>1021</v>
       </c>
-      <c r="B321" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F321" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1022</v>
+        <v>1059</v>
       </c>
       <c r="H321" t="s">
-        <v>1023</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1024</v>
+        <v>272</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>260</v>
+        <v>100</v>
       </c>
       <c r="D322" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E322" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F322" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
       <c r="H322" t="s">
-        <v>1026</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1027</v>
+        <v>276</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>264</v>
+        <v>104</v>
       </c>
       <c r="D323" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E323" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F323" t="s">
         <v>39</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1028</v>
+        <v>1063</v>
       </c>
       <c r="H323" t="s">
-        <v>1029</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1030</v>
+        <v>280</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>268</v>
+        <v>108</v>
       </c>
       <c r="D324" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E324" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F324" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1031</v>
+        <v>1065</v>
       </c>
       <c r="H324" t="s">
-        <v>1032</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1033</v>
+        <v>284</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>272</v>
+        <v>112</v>
       </c>
       <c r="D325" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E325" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F325" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>800</v>
+        <v>1067</v>
       </c>
       <c r="H325" t="s">
-        <v>1034</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1035</v>
+        <v>288</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>276</v>
+        <v>116</v>
       </c>
       <c r="D326" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E326" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F326" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1036</v>
+        <v>1069</v>
       </c>
       <c r="H326" t="s">
-        <v>1037</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1038</v>
+        <v>292</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>280</v>
+        <v>120</v>
       </c>
       <c r="D327" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E327" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F327" t="s">
         <v>39</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1039</v>
+        <v>1071</v>
       </c>
       <c r="H327" t="s">
-        <v>1040</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1041</v>
+        <v>296</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>284</v>
+        <v>124</v>
       </c>
       <c r="D328" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E328" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F328" t="s">
         <v>39</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1042</v>
+        <v>1073</v>
       </c>
       <c r="H328" t="s">
-        <v>1043</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1044</v>
+        <v>300</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>288</v>
+        <v>128</v>
       </c>
       <c r="D329" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E329" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F329" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1045</v>
+        <v>1075</v>
       </c>
       <c r="H329" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1047</v>
+        <v>304</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>292</v>
+        <v>132</v>
       </c>
       <c r="D330" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E330" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F330" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>800</v>
+        <v>1076</v>
       </c>
       <c r="H330" t="s">
-        <v>1048</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1049</v>
+        <v>308</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>296</v>
+        <v>136</v>
       </c>
       <c r="D331" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E331" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F331" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1050</v>
+        <v>1078</v>
       </c>
       <c r="H331" t="s">
-        <v>1051</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1052</v>
+        <v>312</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="D332" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E332" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F332" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1053</v>
+        <v>1080</v>
       </c>
       <c r="H332" t="s">
-        <v>1054</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1055</v>
+        <v>316</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>304</v>
+        <v>144</v>
       </c>
       <c r="D333" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E333" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F333" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1056</v>
+        <v>1082</v>
       </c>
       <c r="H333" t="s">
-        <v>1057</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1058</v>
+        <v>320</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>308</v>
+        <v>148</v>
       </c>
       <c r="D334" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E334" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F334" t="s">
         <v>39</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1059</v>
+        <v>1084</v>
       </c>
       <c r="H334" t="s">
-        <v>1060</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1061</v>
+        <v>324</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>312</v>
+        <v>152</v>
       </c>
       <c r="D335" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E335" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F335" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1062</v>
+        <v>1085</v>
       </c>
       <c r="H335" t="s">
-        <v>1063</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1064</v>
+        <v>328</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>316</v>
+        <v>156</v>
       </c>
       <c r="D336" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E336" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F336" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1065</v>
+        <v>1087</v>
       </c>
       <c r="H336" t="s">
-        <v>1066</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1067</v>
+        <v>332</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>320</v>
+        <v>160</v>
       </c>
       <c r="D337" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E337" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F337" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="H337" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1070</v>
+        <v>336</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>324</v>
+        <v>164</v>
       </c>
       <c r="D338" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E338" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F338" t="s">
         <v>39</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1071</v>
+        <v>1091</v>
       </c>
       <c r="H338" t="s">
-        <v>1072</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1073</v>
+        <v>340</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>328</v>
+        <v>168</v>
       </c>
       <c r="D339" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E339" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F339" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1074</v>
+        <v>1093</v>
       </c>
       <c r="H339" t="s">
-        <v>1075</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1076</v>
+        <v>344</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>332</v>
+        <v>172</v>
       </c>
       <c r="D340" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E340" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F340" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="H340" t="s">
-        <v>1078</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1079</v>
+        <v>348</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>336</v>
+        <v>176</v>
       </c>
       <c r="D341" t="s">
-        <v>891</v>
+        <v>1020</v>
       </c>
       <c r="E341" t="s">
-        <v>892</v>
+        <v>1021</v>
       </c>
       <c r="F341" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="H341" t="s">
-        <v>1081</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>38</v>
+        <v>352</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="D342" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E342" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F342" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="H342" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>43</v>
+        <v>356</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="D343" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E343" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F343" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H343" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>48</v>
+        <v>360</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>22</v>
+        <v>188</v>
       </c>
       <c r="D344" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E344" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F344" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="H344" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>52</v>
+        <v>364</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>26</v>
+        <v>192</v>
       </c>
       <c r="D345" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E345" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F345" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="H345" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>56</v>
+        <v>368</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>30</v>
+        <v>196</v>
       </c>
       <c r="D346" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E346" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F346" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="H346" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>61</v>
+        <v>923</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>34</v>
+        <v>200</v>
       </c>
       <c r="D347" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E347" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F347" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="H347" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>66</v>
+        <v>927</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>38</v>
+        <v>204</v>
       </c>
       <c r="D348" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E348" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F348" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
       <c r="H348" t="s">
-        <v>1098</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>70</v>
+        <v>934</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>43</v>
+        <v>208</v>
       </c>
       <c r="D349" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E349" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F349" t="s">
-        <v>1084</v>
+        <v>399</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="H349" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>75</v>
+        <v>973</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="D350" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E350" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F350" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
       <c r="H350" t="s">
-        <v>1102</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>79</v>
+        <v>979</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>52</v>
+        <v>216</v>
       </c>
       <c r="D351" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E351" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F351" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1103</v>
+        <v>1117</v>
       </c>
       <c r="H351" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>84</v>
+        <v>1010</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>56</v>
+        <v>220</v>
       </c>
       <c r="D352" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E352" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F352" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="H352" t="s">
-        <v>1106</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>88</v>
+        <v>1013</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>61</v>
+        <v>224</v>
       </c>
       <c r="D353" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E353" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F353" t="s">
         <v>39</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1107</v>
+        <v>1121</v>
       </c>
       <c r="H353" t="s">
-        <v>1108</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>92</v>
+        <v>1123</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>66</v>
+        <v>228</v>
       </c>
       <c r="D354" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E354" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F354" t="s">
-        <v>1084</v>
+        <v>71</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1109</v>
+        <v>800</v>
       </c>
       <c r="H354" t="s">
-        <v>1110</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>96</v>
+        <v>1125</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>70</v>
+        <v>232</v>
       </c>
       <c r="D355" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E355" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F355" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1111</v>
+        <v>1126</v>
       </c>
       <c r="H355" t="s">
-        <v>1112</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>100</v>
+        <v>1128</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>75</v>
+        <v>236</v>
       </c>
       <c r="D356" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E356" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F356" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1113</v>
+        <v>1129</v>
       </c>
       <c r="H356" t="s">
-        <v>1114</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>104</v>
+        <v>1131</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>79</v>
+        <v>240</v>
       </c>
       <c r="D357" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E357" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F357" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="H357" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>108</v>
+        <v>1134</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>84</v>
+        <v>244</v>
       </c>
       <c r="D358" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E358" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F358" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>800</v>
+        <v>1135</v>
       </c>
       <c r="H358" t="s">
-        <v>1117</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>112</v>
+        <v>1137</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>88</v>
+        <v>248</v>
       </c>
       <c r="D359" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E359" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F359" t="s">
         <v>80</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1118</v>
+        <v>1138</v>
       </c>
       <c r="H359" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>116</v>
+        <v>1140</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>92</v>
+        <v>252</v>
       </c>
       <c r="D360" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E360" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F360" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1120</v>
+        <v>1141</v>
       </c>
       <c r="H360" t="s">
-        <v>1121</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>120</v>
+        <v>1143</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>96</v>
+        <v>256</v>
       </c>
       <c r="D361" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E361" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F361" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="H361" t="s">
-        <v>1123</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>124</v>
+        <v>1146</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>100</v>
+        <v>260</v>
       </c>
       <c r="D362" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E362" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F362" t="s">
         <v>71</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1124</v>
+        <v>1147</v>
       </c>
       <c r="H362" t="s">
-        <v>1125</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>128</v>
+        <v>1149</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>104</v>
+        <v>264</v>
       </c>
       <c r="D363" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E363" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F363" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1126</v>
+        <v>1150</v>
       </c>
       <c r="H363" t="s">
-        <v>1127</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>132</v>
+        <v>1152</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>108</v>
+        <v>268</v>
       </c>
       <c r="D364" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E364" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F364" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1128</v>
+        <v>1153</v>
       </c>
       <c r="H364" t="s">
-        <v>1129</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>136</v>
+        <v>1155</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>112</v>
+        <v>272</v>
       </c>
       <c r="D365" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E365" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F365" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1130</v>
+        <v>800</v>
       </c>
       <c r="H365" t="s">
-        <v>1131</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>140</v>
+        <v>1157</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>116</v>
+        <v>276</v>
       </c>
       <c r="D366" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E366" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F366" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1132</v>
+        <v>1158</v>
       </c>
       <c r="H366" t="s">
-        <v>1133</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>160</v>
+        <v>1160</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>120</v>
+        <v>280</v>
       </c>
       <c r="D367" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E367" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F367" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1134</v>
+        <v>1161</v>
       </c>
       <c r="H367" t="s">
-        <v>1135</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>168</v>
+        <v>1163</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>124</v>
+        <v>284</v>
       </c>
       <c r="D368" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E368" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F368" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1136</v>
+        <v>1164</v>
       </c>
       <c r="H368" t="s">
-        <v>1137</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>172</v>
+        <v>1166</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>128</v>
+        <v>288</v>
       </c>
       <c r="D369" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E369" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F369" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1138</v>
+        <v>1167</v>
       </c>
       <c r="H369" t="s">
-        <v>1139</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>176</v>
+        <v>1169</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>132</v>
+        <v>292</v>
       </c>
       <c r="D370" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E370" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F370" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1140</v>
+        <v>800</v>
       </c>
       <c r="H370" t="s">
-        <v>1141</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>236</v>
+        <v>1171</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>136</v>
+        <v>296</v>
       </c>
       <c r="D371" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E371" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F371" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1142</v>
+        <v>1172</v>
       </c>
       <c r="H371" t="s">
-        <v>1143</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>240</v>
+        <v>1174</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="D372" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E372" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F372" t="s">
         <v>80</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1144</v>
+        <v>1175</v>
       </c>
       <c r="H372" t="s">
-        <v>1145</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>244</v>
+        <v>1177</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>144</v>
+        <v>304</v>
       </c>
       <c r="D373" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E373" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F373" t="s">
         <v>80</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1146</v>
+        <v>1178</v>
       </c>
       <c r="H373" t="s">
-        <v>1147</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>526</v>
+        <v>1180</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>148</v>
+        <v>308</v>
       </c>
       <c r="D374" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E374" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F374" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1148</v>
+        <v>1181</v>
       </c>
       <c r="H374" t="s">
-        <v>1149</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>632</v>
+        <v>1183</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>152</v>
+        <v>312</v>
       </c>
       <c r="D375" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E375" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F375" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1150</v>
+        <v>1184</v>
       </c>
       <c r="H375" t="s">
-        <v>1151</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>639</v>
+        <v>1186</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>156</v>
+        <v>316</v>
       </c>
       <c r="D376" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E376" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F376" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1152</v>
+        <v>1187</v>
       </c>
       <c r="H376" t="s">
-        <v>1153</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1154</v>
+        <v>1189</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>160</v>
+        <v>320</v>
       </c>
       <c r="D377" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E377" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F377" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1155</v>
+        <v>1190</v>
       </c>
       <c r="H377" t="s">
-        <v>1156</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1157</v>
+        <v>1192</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>164</v>
+        <v>324</v>
       </c>
       <c r="D378" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E378" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F378" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1158</v>
+        <v>1193</v>
       </c>
       <c r="H378" t="s">
-        <v>1159</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1160</v>
+        <v>1195</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>168</v>
+        <v>328</v>
       </c>
       <c r="D379" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E379" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F379" t="s">
-        <v>1084</v>
+        <v>80</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1161</v>
+        <v>1196</v>
       </c>
       <c r="H379" t="s">
-        <v>1162</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1163</v>
+        <v>1198</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>172</v>
+        <v>332</v>
       </c>
       <c r="D380" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E380" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F380" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1164</v>
+        <v>1199</v>
       </c>
       <c r="H380" t="s">
-        <v>1165</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1166</v>
+        <v>1201</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>176</v>
+        <v>336</v>
       </c>
       <c r="D381" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E381" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F381" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1167</v>
+        <v>1202</v>
       </c>
       <c r="H381" t="s">
-        <v>1168</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1169</v>
+        <v>1204</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>180</v>
+        <v>340</v>
       </c>
       <c r="D382" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E382" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F382" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1170</v>
+        <v>1205</v>
       </c>
       <c r="H382" t="s">
-        <v>1171</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1172</v>
+        <v>1207</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>184</v>
+        <v>344</v>
       </c>
       <c r="D383" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E383" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F383" t="s">
-        <v>1084</v>
+        <v>670</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1173</v>
+        <v>1208</v>
       </c>
       <c r="H383" t="s">
-        <v>1174</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1175</v>
+        <v>1210</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>188</v>
+        <v>348</v>
       </c>
       <c r="D384" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E384" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F384" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1176</v>
+        <v>1211</v>
       </c>
       <c r="H384" t="s">
-        <v>1177</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1178</v>
+        <v>1213</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>192</v>
+        <v>352</v>
       </c>
       <c r="D385" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E385" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F385" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1179</v>
+        <v>1214</v>
       </c>
       <c r="H385" t="s">
-        <v>1180</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1181</v>
+        <v>1216</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>196</v>
+        <v>356</v>
       </c>
       <c r="D386" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E386" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F386" t="s">
-        <v>1084</v>
+        <v>62</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1182</v>
+        <v>1217</v>
       </c>
       <c r="H386" t="s">
-        <v>1183</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1184</v>
+        <v>1219</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="D387" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E387" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1185</v>
+        <v>1220</v>
       </c>
       <c r="H387" t="s">
-        <v>1186</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1187</v>
+        <v>1222</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>204</v>
+        <v>364</v>
       </c>
       <c r="D388" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E388" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F388" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1188</v>
+        <v>1223</v>
       </c>
       <c r="H388" t="s">
-        <v>1189</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1190</v>
+        <v>1225</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>208</v>
+        <v>368</v>
       </c>
       <c r="D389" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E389" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F389" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>800</v>
+        <v>1226</v>
       </c>
       <c r="H389" t="s">
-        <v>1191</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1192</v>
+        <v>1228</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>212</v>
+        <v>8</v>
       </c>
       <c r="D390" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E390" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F390" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>800</v>
+        <v>1229</v>
       </c>
       <c r="H390" t="s">
-        <v>1193</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1194</v>
+        <v>1231</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c r="D391" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E391" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F391" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1195</v>
+        <v>1232</v>
       </c>
       <c r="H391" t="s">
-        <v>1196</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1197</v>
+        <v>1234</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>220</v>
+        <v>21</v>
       </c>
       <c r="D392" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E392" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F392" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1198</v>
+        <v>1235</v>
       </c>
       <c r="H392" t="s">
-        <v>1199</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1200</v>
+        <v>1237</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>224</v>
+        <v>25</v>
       </c>
       <c r="D393" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E393" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F393" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1201</v>
+        <v>1238</v>
       </c>
       <c r="H393" t="s">
-        <v>1202</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1203</v>
+        <v>1240</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>228</v>
+        <v>29</v>
       </c>
       <c r="D394" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E394" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F394" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1204</v>
+        <v>1241</v>
       </c>
       <c r="H394" t="s">
-        <v>1205</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1206</v>
+        <v>1243</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>232</v>
+        <v>33</v>
       </c>
       <c r="D395" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E395" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F395" t="s">
-        <v>1084</v>
+        <v>399</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1207</v>
+        <v>1244</v>
       </c>
       <c r="H395" t="s">
-        <v>1208</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1209</v>
+        <v>1246</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="D396" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E396" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F396" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1210</v>
+        <v>1247</v>
       </c>
       <c r="H396" t="s">
-        <v>1211</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1212</v>
+        <v>1249</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>240</v>
+        <v>42</v>
       </c>
       <c r="D397" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E397" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F397" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1213</v>
+        <v>1250</v>
       </c>
       <c r="H397" t="s">
-        <v>1214</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1215</v>
+        <v>1252</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>244</v>
+        <v>47</v>
       </c>
       <c r="D398" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E398" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F398" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1216</v>
+        <v>1253</v>
       </c>
       <c r="H398" t="s">
-        <v>1217</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1218</v>
+        <v>1255</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="D399" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E399" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F399" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1219</v>
+        <v>1256</v>
       </c>
       <c r="H399" t="s">
-        <v>1220</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1221</v>
+        <v>1258</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>252</v>
+        <v>55</v>
       </c>
       <c r="D400" t="s">
-        <v>1082</v>
+        <v>1020</v>
       </c>
       <c r="E400" t="s">
-        <v>1083</v>
+        <v>1021</v>
       </c>
       <c r="F400" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1222</v>
+        <v>1259</v>
       </c>
       <c r="H400" t="s">
-        <v>1223</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1224</v>
+        <v>38</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>256</v>
+        <v>10</v>
       </c>
       <c r="D401" t="s">
-        <v>1082</v>
+        <v>1261</v>
       </c>
       <c r="E401" t="s">
-        <v>1083</v>
+        <v>1262</v>
       </c>
       <c r="F401" t="s">
-        <v>39</v>
+        <v>1263</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1225</v>
+        <v>1264</v>
       </c>
       <c r="H401" t="s">
-        <v>1226</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1227</v>
+        <v>43</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>260</v>
+        <v>17</v>
       </c>
       <c r="D402" t="s">
-        <v>1082</v>
+        <v>1261</v>
       </c>
       <c r="E402" t="s">
-        <v>1083</v>
+        <v>1262</v>
       </c>
       <c r="F402" t="s">
-        <v>57</v>
+        <v>1263</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1228</v>
+        <v>1266</v>
       </c>
       <c r="H402" t="s">
-        <v>1229</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1230</v>
+        <v>48</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>264</v>
+        <v>22</v>
       </c>
       <c r="D403" t="s">
-        <v>1082</v>
+        <v>1261</v>
       </c>
       <c r="E403" t="s">
-        <v>1083</v>
+        <v>1262</v>
       </c>
       <c r="F403" t="s">
         <v>39</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1231</v>
+        <v>1268</v>
       </c>
       <c r="H403" t="s">
-        <v>1232</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D404" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E404" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F404" t="s">
-        <v>670</v>
+        <v>71</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>800</v>
+        <v>1270</v>
       </c>
       <c r="H404" t="s">
-        <v>1235</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D405" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E405" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F405" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>800</v>
+        <v>1272</v>
       </c>
       <c r="H405" t="s">
-        <v>1236</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="D406" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E406" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F406" t="s">
-        <v>670</v>
+        <v>80</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>800</v>
+        <v>1274</v>
       </c>
       <c r="H406" t="s">
-        <v>1237</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="D407" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E407" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F407" t="s">
-        <v>670</v>
+        <v>71</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1238</v>
+        <v>1276</v>
       </c>
       <c r="H407" t="s">
-        <v>1239</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="D408" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E408" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F408" t="s">
-        <v>670</v>
+        <v>1263</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1240</v>
+        <v>1278</v>
       </c>
       <c r="H408" t="s">
-        <v>1241</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="D409" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E409" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F409" t="s">
-        <v>670</v>
+        <v>1263</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1242</v>
+        <v>1280</v>
       </c>
       <c r="H409" t="s">
-        <v>1243</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1244</v>
+        <v>79</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="D410" t="s">
-        <v>1233</v>
+        <v>1261</v>
       </c>
       <c r="E410" t="s">
-        <v>1234</v>
+        <v>1262</v>
       </c>
       <c r="F410" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1245</v>
+        <v>1282</v>
       </c>
       <c r="H410" t="s">
-        <v>1246</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D411" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E411" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F411" t="s">
-        <v>670</v>
+        <v>57</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1249</v>
+        <v>1284</v>
       </c>
       <c r="H411" t="s">
-        <v>1250</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>148</v>
+        <v>88</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D412" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E412" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1251</v>
+        <v>1286</v>
       </c>
       <c r="H412" t="s">
-        <v>1252</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="D413" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E413" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F413" t="s">
-        <v>13</v>
+        <v>1263</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>800</v>
+        <v>1288</v>
       </c>
       <c r="H413" t="s">
-        <v>1252</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>156</v>
+        <v>96</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="D414" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E414" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F414" t="s">
-        <v>670</v>
+        <v>57</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>800</v>
+        <v>1290</v>
       </c>
       <c r="H414" t="s">
-        <v>1253</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="D415" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E415" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F415" t="s">
-        <v>670</v>
+        <v>39</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1254</v>
+        <v>1292</v>
       </c>
       <c r="H415" t="s">
-        <v>1255</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1256</v>
+        <v>104</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="D416" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E416" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F416" t="s">
-        <v>670</v>
+        <v>39</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1257</v>
+        <v>1294</v>
       </c>
       <c r="H416" t="s">
-        <v>1258</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1259</v>
+        <v>108</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="D417" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E417" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F417" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1260</v>
+        <v>800</v>
       </c>
       <c r="H417" t="s">
-        <v>1252</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
+        <v>112</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>88</v>
+      </c>
+      <c r="D418" t="s">
         <v>1261</v>
       </c>
-      <c r="B418" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E418" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1262</v>
+        <v>1297</v>
       </c>
       <c r="H418" t="s">
-        <v>1263</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1264</v>
+        <v>116</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>48</v>
+        <v>92</v>
       </c>
       <c r="D419" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E419" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F419" t="s">
-        <v>670</v>
+        <v>57</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1265</v>
+        <v>1299</v>
       </c>
       <c r="H419" t="s">
-        <v>1266</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1267</v>
+        <v>120</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="D420" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E420" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F420" t="s">
-        <v>670</v>
+        <v>1263</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1268</v>
+        <v>1301</v>
       </c>
       <c r="H420" t="s">
-        <v>1269</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1270</v>
+        <v>124</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="D421" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E421" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F421" t="s">
-        <v>670</v>
+        <v>71</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>800</v>
+        <v>1303</v>
       </c>
       <c r="H421" t="s">
-        <v>1271</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1272</v>
+        <v>128</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="D422" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="E422" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F422" t="s">
-        <v>670</v>
+        <v>71</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1273</v>
+        <v>1305</v>
       </c>
       <c r="H422" t="s">
-        <v>1274</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1275</v>
+        <v>132</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
+        <v>108</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>136</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>112</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F424" t="s">
+        <v>39</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>140</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>116</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F425" t="s">
+        <v>44</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>160</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>120</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>168</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>124</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>172</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>128</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>176</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>132</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F429" t="s">
+        <v>80</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>236</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>136</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F430" t="s">
+        <v>71</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>240</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>140</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F431" t="s">
+        <v>80</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>244</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>144</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F432" t="s">
+        <v>80</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>526</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>148</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F433" t="s">
+        <v>57</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>632</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>152</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F434" t="s">
+        <v>44</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>639</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>156</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F435" t="s">
+        <v>80</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>940</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>160</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F436" t="s">
+        <v>71</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>965</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>164</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F437" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>969</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>168</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F438" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>172</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F439" t="s">
+        <v>39</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>176</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F440" t="s">
+        <v>57</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>180</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F441" t="s">
+        <v>39</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>184</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>188</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>192</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>196</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>200</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F446" t="s">
+        <v>13</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>204</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F447" t="s">
+        <v>57</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>208</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F448" t="s">
+        <v>62</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>212</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F449" t="s">
+        <v>13</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>216</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F450" t="s">
+        <v>80</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>220</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>224</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F452" t="s">
+        <v>57</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>228</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F453" t="s">
+        <v>44</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>232</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>236</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>240</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>244</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F457" t="s">
+        <v>39</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>248</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>252</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>256</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F460" t="s">
+        <v>39</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>260</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F461" t="s">
+        <v>57</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>264</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F462" t="s">
+        <v>39</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>268</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F463" t="s">
+        <v>39</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>272</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>276</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>280</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F466" t="s">
+        <v>80</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>284</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F467" t="s">
+        <v>80</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>288</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F468" t="s">
+        <v>39</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>292</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>296</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>300</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>304</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>10</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>10</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F473" t="s">
+        <v>670</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>17</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>17</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F474" t="s">
+        <v>71</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>22</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>22</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F475" t="s">
+        <v>670</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>26</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>26</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F476" t="s">
+        <v>670</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>30</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>30</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F477" t="s">
+        <v>670</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>34</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>34</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F478" t="s">
+        <v>670</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>38</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F479" t="s">
+        <v>13</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>43</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F480" t="s">
+        <v>13</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>48</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F481" t="s">
+        <v>13</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>52</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F482" t="s">
+        <v>13</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>56</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F483" t="s">
+        <v>13</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>144</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>10</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F484" t="s">
+        <v>670</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>148</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>17</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>152</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>22</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F486" t="s">
+        <v>13</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>156</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>26</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F487" t="s">
+        <v>670</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>164</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>30</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F488" t="s">
+        <v>670</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>898</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>34</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F489" t="s">
+        <v>670</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>38</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F490" t="s">
+        <v>13</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>43</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F491" t="s">
+        <v>13</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>48</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F492" t="s">
+        <v>670</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>52</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F493" t="s">
+        <v>670</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>56</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F494" t="s">
+        <v>670</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>61</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F495" t="s">
+        <v>670</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
         <v>66</v>
       </c>
-      <c r="D423" t="s">
-[...5 lines deleted...]
-      <c r="F423" t="s">
+      <c r="D496" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F496" t="s">
         <v>670</v>
       </c>
-      <c r="G423" s="1" t="s">
-[...3 lines deleted...]
-        <v>1277</v>
+      <c r="G496" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>70</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F497" t="s">
+        <v>13</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>75</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F498" t="s">
+        <v>13</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>79</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F499" t="s">
+        <v>13</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1469</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15633,50 +18275,126 @@
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>